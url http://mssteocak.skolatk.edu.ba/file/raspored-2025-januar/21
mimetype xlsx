--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -3,93 +3,90 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25225"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JU MSŠ TEOČAK\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JU MSŠ TEOČAK\Desktop\Raspored 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{491487C8-A5AC-4B29-8053-A7D40FADEBFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C6633E0B-1396-4D73-9B00-64661EEF35CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="ED8B" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20640" windowHeight="11040" tabRatio="200" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20640" windowHeight="11040" tabRatio="499" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="raspored" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">raspored!$A$1:$BY$40</definedName>
-[...1 lines deleted...]
-    <definedName name="Redni_broj">raspored!$B$5:$BY$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">raspored!$A$1:$BY$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">raspored!$B$2:$BY$39</definedName>
+    <definedName name="Redni_broj">raspored!$B$5:$BY$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="230">
   <si>
     <t>Prezime i ime radnika</t>
   </si>
   <si>
     <t>Predaje</t>
   </si>
   <si>
-    <t>Matematika</t>
-[...1 lines deleted...]
-  <si>
     <t>Engleski jezik</t>
   </si>
   <si>
     <t>Vjeronauka</t>
   </si>
   <si>
     <t>Mehić Admir</t>
   </si>
   <si>
     <t>Bosanski jezik i književnost</t>
   </si>
   <si>
     <t>Zvanje</t>
   </si>
   <si>
     <t>Prof. Bos.jez. I književnosti</t>
   </si>
   <si>
     <t>Dipl. Ing. Elektrotehnike</t>
   </si>
   <si>
     <t>II-2</t>
   </si>
   <si>
     <t>III-1</t>
@@ -113,53 +110,50 @@
     <t>Praktična nastava</t>
   </si>
   <si>
     <t>Husić Ismet</t>
   </si>
   <si>
     <t>P o n e d j e lj a k</t>
   </si>
   <si>
     <t>U t o r a k</t>
   </si>
   <si>
     <t>S r i j e d a</t>
   </si>
   <si>
     <t>P e t a k</t>
   </si>
   <si>
     <t>Č e t v r t a k</t>
   </si>
   <si>
     <t>Ukupno časova</t>
   </si>
   <si>
     <t>D e ž u r n i   p r o f e s o r i:</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ramić Nasir</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>R   A   S   P   O   R   E   D      Č   A   S   O   V   A</t>
   </si>
   <si>
     <t>II-1</t>
   </si>
   <si>
     <t>Odje. starje.</t>
   </si>
   <si>
     <t>Redni broj</t>
   </si>
   <si>
     <t>Muminović Besim</t>
   </si>
   <si>
     <t>Zehić Beriz</t>
   </si>
   <si>
     <t>N e d j e lj a</t>
   </si>
@@ -210,620 +204,736 @@
     </r>
   </si>
   <si>
     <t>,</t>
   </si>
   <si>
     <r>
       <t>Napomena:</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Comic Sans MS"/>
         <family val="4"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Legenda 4</t>
   </si>
   <si>
     <t>Tjel. i zdrav. odgoj</t>
   </si>
   <si>
-    <t>VKV el.instalater</t>
-[...1 lines deleted...]
-  <si>
     <t>Profesor njemačkog jezika</t>
   </si>
   <si>
     <t>Džuzdanović Enver</t>
   </si>
   <si>
     <t>Muminović Besida</t>
   </si>
   <si>
-    <t>ing. mašinstva</t>
-[...1 lines deleted...]
-  <si>
     <t>Džuzdanović Asmir</t>
   </si>
   <si>
-    <t>III-3</t>
-[...1 lines deleted...]
-  <si>
     <t>Profesor  sociologije</t>
   </si>
   <si>
     <t>Prof. matematike i fizike</t>
   </si>
   <si>
     <t>VKV bravar</t>
   </si>
   <si>
     <t>Profesor islam.teol.</t>
   </si>
   <si>
     <t>Huremović Jasmin</t>
   </si>
   <si>
     <t>Hasanović Elvira</t>
   </si>
   <si>
     <t>Vikalo Amar</t>
   </si>
   <si>
     <t>I1</t>
   </si>
   <si>
     <t>I2</t>
   </si>
   <si>
     <t>II2</t>
   </si>
   <si>
     <t>III1</t>
   </si>
   <si>
     <t>IV1</t>
   </si>
   <si>
+    <t>II3</t>
+  </si>
+  <si>
     <t>II1</t>
   </si>
   <si>
     <t>IV2</t>
   </si>
   <si>
     <t>III2</t>
   </si>
   <si>
-    <t>III3</t>
-[...4 lines deleted...]
-  <si>
     <t>Abdulahović Mirnesa</t>
   </si>
   <si>
     <t>Ikanović Fuad</t>
   </si>
   <si>
     <t>Avdić Semir</t>
   </si>
   <si>
     <t>IV-2</t>
   </si>
   <si>
     <t>Dipl. Pravnik, prof. Geografije</t>
   </si>
   <si>
     <t xml:space="preserve">Privredno pravo, Geografija </t>
   </si>
   <si>
-    <t>III1   čoz</t>
-[...1 lines deleted...]
-  <si>
     <t>III1   Fib</t>
   </si>
   <si>
-    <t>I1    Ep</t>
-[...1 lines deleted...]
-  <si>
     <t>II1   K</t>
   </si>
   <si>
     <t>II1   Fib</t>
   </si>
   <si>
     <t>I1   Ep</t>
   </si>
   <si>
     <t>II1   E</t>
   </si>
   <si>
-    <t>I1    P</t>
-[...8 lines deleted...]
-    <t>III1   O</t>
+    <t>IV1   Em</t>
   </si>
   <si>
     <t>III1   K</t>
   </si>
   <si>
     <t>IV1   Bp</t>
   </si>
   <si>
     <t>III1   Bp</t>
   </si>
   <si>
     <t>II1   Pk</t>
   </si>
   <si>
     <t>I1   K</t>
   </si>
   <si>
     <t>II1   Pi</t>
   </si>
   <si>
-    <t>IV1   čoz</t>
-[...4 lines deleted...]
-  <si>
     <t>IV1  Pp</t>
   </si>
   <si>
-    <t>III1   P</t>
-[...1 lines deleted...]
-  <si>
     <t>III1   S</t>
   </si>
   <si>
-    <t>II1   O</t>
-[...1 lines deleted...]
-  <si>
     <t>III1    S</t>
   </si>
   <si>
-    <t>I1   Fib</t>
-[...1 lines deleted...]
-  <si>
     <t>I3</t>
   </si>
   <si>
     <t>Husić Mirzet</t>
   </si>
   <si>
-    <t>Požegić Nermin</t>
+    <t>Historija, Dem. i ljud. prava</t>
   </si>
   <si>
     <t>Husić Bilala</t>
   </si>
   <si>
     <t>Prof. Hemije</t>
   </si>
   <si>
     <t>Hemija</t>
   </si>
   <si>
     <t>Profesor Historije</t>
   </si>
   <si>
     <t>I-2</t>
   </si>
   <si>
     <t>I2      I</t>
   </si>
   <si>
+    <t>I1     I</t>
+  </si>
+  <si>
+    <t>III-2</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">IV2  </t>
+      <t xml:space="preserve">I2   </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
+        <sz val="5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Eener</t>
+    </r>
+  </si>
+  <si>
+    <t>Džuzdanović Emina</t>
+  </si>
+  <si>
+    <t>Džuzdanović Adis</t>
+  </si>
+  <si>
+    <t>III2 čoz</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">III2 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>DILJP</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">III1 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>DILJP</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">IV2 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Emp</t>
     </r>
   </si>
   <si>
-    <t>I2   čoz</t>
-[...10 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">IV2   </t>
+      <t xml:space="preserve">II2  </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
+        <sz val="5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Emp</t>
+      <t>Emaš</t>
     </r>
   </si>
   <si>
-    <t>I1      I</t>
-[...4 lines deleted...]
-  <si>
     <r>
-      <t xml:space="preserve">IV2  </t>
+      <t xml:space="preserve">I2    </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
+        <sz val="5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Ei</t>
+    </r>
+  </si>
+  <si>
+    <t>IV2  čoz</t>
+  </si>
+  <si>
+    <t>II-3</t>
+  </si>
+  <si>
+    <t>II3   Tz</t>
+  </si>
+  <si>
+    <t>II3   To</t>
+  </si>
+  <si>
+    <t>II3    To</t>
+  </si>
+  <si>
+    <t>III2    Tz</t>
+  </si>
+  <si>
+    <t>I3    Mm</t>
+  </si>
+  <si>
+    <t>I-1</t>
+  </si>
+  <si>
+    <t>IV1   M</t>
+  </si>
+  <si>
+    <t>I1   P</t>
+  </si>
+  <si>
+    <t>IV1   S</t>
+  </si>
+  <si>
+    <t>I1   Em</t>
+  </si>
+  <si>
+    <t>IV1  Em</t>
+  </si>
+  <si>
+    <t>II1   Em</t>
+  </si>
+  <si>
+    <t>IV1   K</t>
+  </si>
+  <si>
+    <t>IV1  čoz</t>
+  </si>
+  <si>
+    <t>IV1 Pr</t>
+  </si>
+  <si>
+    <t>III1   Pzv</t>
+  </si>
+  <si>
+    <t>I3 čoz</t>
+  </si>
+  <si>
+    <t>III1  čoz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">I3       </t>
+  </si>
+  <si>
+    <t>II2  čoz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">II1   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">III1 </t>
+  </si>
+  <si>
+    <t>Požegić Nermin</t>
+  </si>
+  <si>
+    <t>Mehić Bešlaga</t>
+  </si>
+  <si>
+    <t>Matematika, Fizika</t>
+  </si>
+  <si>
+    <t>II2    F</t>
+  </si>
+  <si>
+    <t>II2    M</t>
+  </si>
+  <si>
+    <t>II3    M</t>
+  </si>
+  <si>
+    <t>IV2   M</t>
+  </si>
+  <si>
+    <t>I2     F</t>
+  </si>
+  <si>
+    <t>III1   M</t>
+  </si>
+  <si>
+    <t>I1    M</t>
+  </si>
+  <si>
+    <t>I3    F</t>
+  </si>
+  <si>
+    <t>II1   M</t>
+  </si>
+  <si>
+    <t>I3     M</t>
+  </si>
+  <si>
+    <t>I2    M</t>
+  </si>
+  <si>
+    <t>I2     M</t>
+  </si>
+  <si>
+    <t>I2     čoz</t>
+  </si>
+  <si>
+    <t>I3    M</t>
+  </si>
+  <si>
+    <t>I3     F</t>
+  </si>
+  <si>
+    <t>II1    M</t>
+  </si>
+  <si>
+    <t>III2  M</t>
+  </si>
+  <si>
+    <t>III2    M</t>
+  </si>
+  <si>
+    <t>Mumbašić Munever</t>
+  </si>
+  <si>
+    <t>I2   Oe</t>
+  </si>
+  <si>
+    <t>I2       I</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">IV2 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="5"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Zees</t>
     </r>
   </si>
   <si>
-    <t>I-3</t>
-[...38 lines deleted...]
-    <t>II2  Tz</t>
+    <t>II2    I</t>
+  </si>
+  <si>
+    <t>I2    Oe</t>
+  </si>
+  <si>
+    <t>I1      I</t>
+  </si>
+  <si>
+    <t>I3      I</t>
+  </si>
+  <si>
+    <t>II2     I</t>
+  </si>
+  <si>
+    <t>I2     Oe</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">III3  </t>
+      <t xml:space="preserve">IV2 </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
+        <sz val="5"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Emrež</t>
+    </r>
+  </si>
+  <si>
+    <t>IV2 Eep</t>
+  </si>
+  <si>
+    <t>II2    Ei</t>
+  </si>
+  <si>
+    <t>IV2 Er</t>
+  </si>
+  <si>
+    <t>II2 Oe</t>
+  </si>
+  <si>
+    <t>II2 Ei</t>
+  </si>
+  <si>
+    <t>II2   Emj</t>
+  </si>
+  <si>
+    <t>II2   Oe</t>
+  </si>
+  <si>
+    <t>I2   Ei</t>
+  </si>
+  <si>
+    <t>IV2   Er</t>
+  </si>
+  <si>
+    <t>II2    Oe</t>
+  </si>
+  <si>
+    <t>I3     Tc</t>
+  </si>
+  <si>
+    <t>III2  Tz</t>
+  </si>
+  <si>
+    <t>II3    Tz</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">II3   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="5"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Eiop</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">III2 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="5"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Pirm</t>
     </r>
   </si>
   <si>
+    <t>I3  Mm</t>
+  </si>
+  <si>
+    <t>I3     Tm</t>
+  </si>
+  <si>
+    <t>II3    Me</t>
+  </si>
+  <si>
+    <t>I3 Tm</t>
+  </si>
+  <si>
+    <t>II1    Pi</t>
+  </si>
+  <si>
+    <t>I1   Fib</t>
+  </si>
+  <si>
+    <t>IV1    S</t>
+  </si>
+  <si>
+    <t>I1    K</t>
+  </si>
+  <si>
+    <t>III1  O</t>
+  </si>
+  <si>
+    <t>IV2   Op</t>
+  </si>
+  <si>
+    <t>II1    E</t>
+  </si>
+  <si>
+    <t>II1  Em</t>
+  </si>
+  <si>
+    <t>I1  Ep</t>
+  </si>
+  <si>
+    <t>III1 Bp</t>
+  </si>
+  <si>
+    <t>II1   O</t>
+  </si>
+  <si>
+    <t>IV1 Bp</t>
+  </si>
+  <si>
+    <t>II1    čoz</t>
+  </si>
+  <si>
+    <t>I1    Pk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">III1 Pknj </t>
+  </si>
+  <si>
+    <t>II1    G</t>
+  </si>
+  <si>
+    <t>III1    P</t>
+  </si>
+  <si>
+    <t>IV1   Pp</t>
+  </si>
+  <si>
+    <t>II1    FIB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">II1   kn </t>
+  </si>
+  <si>
+    <t>II3   čoz</t>
+  </si>
+  <si>
+    <t>II1     PI</t>
+  </si>
+  <si>
+    <t>I1 Fib</t>
+  </si>
+  <si>
+    <t>I1 Čoz    Fib</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> II 1  PI</t>
+  </si>
+  <si>
+    <t>Kurtić Enver</t>
+  </si>
+  <si>
+    <t>Ing. Elektrotehnike</t>
+  </si>
+  <si>
+    <t>Ing. mašinstva</t>
+  </si>
+  <si>
+    <t>Sirovina Amra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prof. matematike </t>
+  </si>
+  <si>
+    <t>Matematika</t>
+  </si>
+  <si>
+    <t>Fizika</t>
+  </si>
+  <si>
+    <t>II2   F</t>
+  </si>
+  <si>
+    <t>III1 Pi</t>
+  </si>
+  <si>
+    <t>III1  Pi</t>
+  </si>
+  <si>
+    <t>III1 M</t>
+  </si>
+  <si>
+    <t>II-2 M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IV2 M </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosna i Hercegovina                   Tuzlanski kanton                                      JU Mješovita srednja škola Teočak                                   Djelovodni broj:02-97-2/26                           Datum: 2 februar 2026 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Raspored važi od 2 februara 2026. godine pa do ..........................</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Abdulahović Mirnesa            1. Mumbašić Munever                                                             2. Zehić Beriz                                2. Husić Bilala                                                                                     3. Sirovina Amra                          3. Jusić Izet                                                                                                  </t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">II2  </t>
+      <t xml:space="preserve">1. Selimović Senad                                        1. Huremović Jasmin                                                                                    2. Hasanović Elvira                                       2. Muminović Besim </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
-[...1 lines deleted...]
-        <family val="2"/>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
       </rPr>
-      <t>Eiop</t>
-[...109 lines deleted...]
-      <t xml:space="preserve">IV2 </t>
+      <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
-[...1 lines deleted...]
-        <family val="2"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
       </rPr>
-      <t>Zees</t>
+      <t xml:space="preserve">3.Požegić Nermin                                                                                           </t>
     </r>
   </si>
   <si>
-    <t>IV2  Er</t>
-[...8 lines deleted...]
-    <t>II2  Me</t>
+    <t xml:space="preserve">1. Avdić Semir                                          1. Mehić Bešlaga                                                                               2. Džuzdanović Adis                               2. Mumbašić Munever                                                                                                                                                                                                                                                                                                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Husić Mirzet                                        1. Jusić Izet                                                                 2. Bešić Mujo                                                                                         2. Kurtić Enver                                                                                                                                        </t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">II2 </t>
+      <t xml:space="preserve">1. Ikanović Fuad                                           1. Huremović Jasmin                                                                 2. Džuzdanović Emina                                  2. Mumbašić Munever     3. Sirovina Amra </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
-[...2 lines deleted...]
-        <family val="2"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
       </rPr>
-      <t>Eiop</t>
-[...7 lines deleted...]
-      <t xml:space="preserve">III3   </t>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
-        <sz val="6"/>
-[...1 lines deleted...]
-        <family val="2"/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
       </rPr>
-      <t>Pirm</t>
+      <t xml:space="preserve">                                                                                                                         </t>
     </r>
-  </si>
-[...85 lines deleted...]
-    <t xml:space="preserve">Bosna i Hercegovina                   Tuzlanski kanton                                      JU Mješovita srednja škola Teočak                                   Djelovodni broj: 02-102-2/25                         Datum: 03. februar 2025. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Comic Sans MS"/>
       <family val="4"/>
     </font>
     <font>
@@ -909,96 +1019,104 @@
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="8"/>
       <color rgb="FF7030A0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF7030A0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
-      <name val="Arial"/>
-[...3 lines deleted...]
-      <sz val="6"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
+      <sz val="5"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="5"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -1143,51 +1261,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="92">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
@@ -1236,121 +1354,117 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -1373,51 +1487,51 @@
     <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -1515,57 +1629,57 @@
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>2390775</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1025" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="695325" y="11477625"/>
           <a:ext cx="4676775" cy="2266950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -1914,57 +2028,57 @@
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1200" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Comic Sans MS"/>
             </a:rPr>
             <a:t>05</a:t>
           </a:r>
           <a:endParaRPr lang="bs-Latn-BA" sz="1200" b="0" i="0" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Comic Sans MS"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>67</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1562100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>77</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1562100</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1030" name="Text Box 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="19773900" y="12420600"/>
           <a:ext cx="2228850" cy="885825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -2029,57 +2143,57 @@
             <a:latin typeface="Comic Sans MS"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1000" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Comic Sans MS"/>
             </a:rPr>
             <a:t>                Mehić Bešlaga, prof.</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1143000</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>219075</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1143000</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1026" name="Text Box 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5581650" y="12001500"/>
           <a:ext cx="2228850" cy="1304925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -2190,57 +2304,57 @@
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial Greek"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="vi-VN" sz="1000" b="0" i="0" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial Greek"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>129074</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>64925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>71923</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1446720</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1027" name="Text Box 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="8809404" y="10982732"/>
           <a:ext cx="1641175" cy="1381795"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -2338,57 +2452,57 @@
             <a:t>Emr - el.mreže</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="bs-Latn-BA" sz="1000" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial TUR"/>
             </a:rPr>
             <a:t>Emp - elektromotorni pogoni</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1152525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1152525</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1028" name="Text Box 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7781925" y="12011025"/>
           <a:ext cx="1524000" cy="866775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -2485,57 +2599,57 @@
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial TUR"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="bs-Latn-BA" sz="1000" b="0" i="0" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial TUR"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>69377</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>120328</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>30</xdr:col>
       <xdr:colOff>97953</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1705841</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1029" name="Text Box 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="10702741" y="11039442"/>
           <a:ext cx="1968212" cy="1585513"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -2647,57 +2761,57 @@
             <a:t>Emj - el. mjerenja</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="bs-Latn-BA" sz="1000" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial Greek"/>
             </a:rPr>
             <a:t>Ei - električne instalacije </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>39</xdr:col>
       <xdr:colOff>200025</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>49</xdr:col>
       <xdr:colOff>123825</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>2019300</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1038" name="Text Box 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000E040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14735175" y="11715750"/>
           <a:ext cx="2305050" cy="1847850"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -2840,205 +2954,205 @@
             <a:rPr lang="bs-Latn-BA" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>E - ekonomija</a:t>
           </a:r>
           <a:endParaRPr lang="bs-Latn-BA" sz="1000" b="0" i="0" u="sng" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>3</xdr:row>
-      <xdr:rowOff>160020</xdr:rowOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>1270</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>68580</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1033" name="Line 27">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000009040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="10591800" y="1905000"/>
-          <a:ext cx="0" cy="8077200"/>
+          <a:off x="10795000" y="1893570"/>
+          <a:ext cx="0" cy="7446010"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>62</xdr:col>
       <xdr:colOff>238499</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>62</xdr:col>
       <xdr:colOff>238499</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>165100</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1034" name="Line 31">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="21193499" y="1866900"/>
           <a:ext cx="0" cy="9385300"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>34</xdr:col>
       <xdr:colOff>236220</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>160020</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>35</xdr:col>
       <xdr:colOff>15240</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>15240</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1036" name="Line 35">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="13997940" y="1905000"/>
           <a:ext cx="22860" cy="8793480"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>49</xdr:col>
       <xdr:colOff>147728</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>179070</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>60</xdr:col>
       <xdr:colOff>7775</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1500673</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1061" name="Text Box 37">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000025040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="15885361" y="11266948"/>
           <a:ext cx="2511496" cy="1321603"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -3191,218 +3305,161 @@
             <a:rPr lang="bs-Latn-BA" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t> - poduzetništvo</a:t>
           </a:r>
           <a:endParaRPr lang="bs-Latn-BA" sz="1000" b="0" i="0" u="none" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>7620</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Line 38">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9022080" y="11330940"/>
           <a:ext cx="0" cy="579120"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>7</xdr:col>
-[...55 lines deleted...]
-    <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1040" name="Line 45">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000010040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2651760" y="1912620"/>
           <a:ext cx="0" cy="9220200"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="bs-Latn-BA"/>
             <a:t>unevera</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>59</xdr:col>
       <xdr:colOff>241040</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>200025</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>71</xdr:col>
       <xdr:colOff>147733</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1302949</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1044" name="Text Box 47">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000014040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="19839177" y="11117832"/>
           <a:ext cx="2818108" cy="1102924"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -3513,57 +3570,57 @@
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="bs-Latn-BA" sz="1000" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Pr - projektni rad</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>71887</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>95242</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>69981</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1105259</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="1047" name="Text Box 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000017040000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7044906" y="12019464"/>
           <a:ext cx="1705405" cy="1010017"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
@@ -3669,212 +3726,180 @@
           </a:pPr>
           <a:r>
             <a:rPr lang="bs-Latn-BA" sz="1000" b="0" i="0" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Ie - industrijska elektrotehnika</a:t>
           </a:r>
           <a:endParaRPr lang="bs-Latn-BA" sz="1000" b="0" i="0" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>60</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>39</xdr:row>
+      <xdr:col>66</xdr:col>
+      <xdr:colOff>198120</xdr:colOff>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>1752600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>76</xdr:col>
       <xdr:colOff>225488</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>2495550</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="26" name="Text Box 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="19792950" y="12058650"/>
-          <a:ext cx="3854513" cy="742950"/>
+          <a:off x="21777960" y="12192000"/>
+          <a:ext cx="2465768" cy="742950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="0" bIns="0" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="bs-Latn-BA" sz="1400" b="1" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>         </a:t>
-[...19 lines deleted...]
-            <a:t>Direktor škole</a:t>
+            <a:t>         Direktor škole</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="bs-Latn-BA" sz="1400" b="0" i="0" u="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>...........................................</a:t>
-[...19 lines deleted...]
-            <a:t>.</a:t>
+            <a:t>............................................</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="bs-Latn-BA" sz="1200" b="0" i="0" strike="noStrike">
+            <a:rPr lang="en-US" sz="1200" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>   </a:t>
+            <a:t>       </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200"/>
+            <a:t>dipl. ing. el.</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1200" baseline="0"/>
+            <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1200" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
-            <a:t>Dipl. Ing. Elektrotehnike, Nihad Redžić</a:t>
+            <a:t>Nihad Redžić</a:t>
           </a:r>
           <a:endParaRPr lang="bs-Latn-BA" sz="1200" b="0" i="0" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>30</xdr:col>
       <xdr:colOff>96198</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>149670</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>39</xdr:col>
       <xdr:colOff>155511</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>2194560</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="24" name="Text Box 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000018000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="12882558" y="10832910"/>
           <a:ext cx="2253873" cy="2044890"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
@@ -4052,57 +4077,57 @@
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>RiO - remont i održavanje motornih vozila</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="l" rtl="1">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="bs-Latn-BA" sz="1000" b="0" i="0" strike="noStrike">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>57868</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>2516</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="21" name="Text Box 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000015000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4331179" y="18403019"/>
           <a:ext cx="6105345" cy="2266950"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
@@ -4292,87 +4317,154 @@
           </a:pPr>
           <a:r>
             <a:rPr lang="bs-Latn-BA" sz="1200" b="0" i="0" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Comic Sans MS"/>
             </a:rPr>
             <a:t>7. čas     12:25 - 13:10                      18:20 - 19:05</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>49</xdr:col>
       <xdr:colOff>8731</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>19844</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>49</xdr:col>
       <xdr:colOff>10319</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>794</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="23" name="Straight Connector 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000017000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="5400000">
           <a:off x="12201525" y="6734175"/>
           <a:ext cx="9620250" cy="1588"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="22225" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </xdr:spPr>
     </xdr:cxnSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>56</xdr:col>
+      <xdr:colOff>209550</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>104775</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>62</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="TextBox 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC8DF71-E703-38EF-46FD-B4188C6A653D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="18307050" y="9782175"/>
+          <a:ext cx="1266825" cy="295275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1000">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>3. Mehić Admir</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -4686,893 +4778,895 @@
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:CD77"/>
+  <dimension ref="A1:CD76"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" defaultGridColor="0" showWhiteSpace="0" topLeftCell="AG37" colorId="17" zoomScaleNormal="100" zoomScaleSheetLayoutView="50" workbookViewId="0">
-      <selection activeCell="BT9" sqref="BT9"/>
+    <sheetView showGridLines="0" tabSelected="1" defaultGridColor="0" showWhiteSpace="0" view="pageBreakPreview" topLeftCell="B29" colorId="17" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <pane xSplit="6" topLeftCell="H1" activePane="topRight" state="frozen"/>
+      <selection activeCell="B5" sqref="B5"/>
+      <selection pane="topRight" activeCell="H36" sqref="H36:U38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.42578125" style="7" customWidth="1"/>
+    <col min="1" max="1" width="8.42578125" style="7" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="5.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="25.42578125" style="7" customWidth="1"/>
     <col min="4" max="4" width="25.5703125" style="7" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" style="7" customWidth="1"/>
-    <col min="6" max="6" width="12" style="7" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="8.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12" style="7" customWidth="1"/>
+    <col min="7" max="7" width="8.42578125" style="7" customWidth="1"/>
     <col min="8" max="48" width="3.5703125" style="7" customWidth="1"/>
-    <col min="49" max="49" width="3.5703125" style="26" customWidth="1"/>
+    <col min="49" max="49" width="3.5703125" style="25" customWidth="1"/>
     <col min="50" max="77" width="3.5703125" style="7" customWidth="1"/>
     <col min="78" max="78" width="8.42578125" style="7" customWidth="1"/>
     <col min="79" max="80" width="2.5703125" style="7" customWidth="1"/>
     <col min="81" max="81" width="4.42578125" style="7" customWidth="1"/>
     <col min="82" max="82" width="5.5703125" style="7" customWidth="1"/>
     <col min="83" max="16384" width="9.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82" x14ac:dyDescent="0.2">
-      <c r="A1" s="45"/>
-[...76 lines deleted...]
-      <c r="BZ1" s="45"/>
+      <c r="A1" s="44"/>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44"/>
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="F1" s="44"/>
+      <c r="G1" s="44"/>
+      <c r="H1" s="44"/>
+      <c r="I1" s="44"/>
+      <c r="J1" s="44"/>
+      <c r="K1" s="44"/>
+      <c r="L1" s="44"/>
+      <c r="M1" s="44"/>
+      <c r="N1" s="44"/>
+      <c r="O1" s="44"/>
+      <c r="P1" s="44"/>
+      <c r="Q1" s="44"/>
+      <c r="R1" s="44"/>
+      <c r="S1" s="44"/>
+      <c r="T1" s="44"/>
+      <c r="U1" s="44"/>
+      <c r="V1" s="44"/>
+      <c r="W1" s="44"/>
+      <c r="X1" s="44"/>
+      <c r="Y1" s="44"/>
+      <c r="Z1" s="44"/>
+      <c r="AA1" s="44"/>
+      <c r="AB1" s="44"/>
+      <c r="AC1" s="44"/>
+      <c r="AD1" s="44"/>
+      <c r="AE1" s="44"/>
+      <c r="AF1" s="44"/>
+      <c r="AG1" s="44"/>
+      <c r="AH1" s="44"/>
+      <c r="AI1" s="44"/>
+      <c r="AJ1" s="44"/>
+      <c r="AK1" s="44"/>
+      <c r="AL1" s="44"/>
+      <c r="AM1" s="44"/>
+      <c r="AN1" s="44"/>
+      <c r="AO1" s="44"/>
+      <c r="AP1" s="44"/>
+      <c r="AQ1" s="44"/>
+      <c r="AR1" s="44"/>
+      <c r="AS1" s="44"/>
+      <c r="AT1" s="44"/>
+      <c r="AU1" s="44"/>
+      <c r="AV1" s="44"/>
+      <c r="AW1" s="44"/>
+      <c r="AX1" s="44"/>
+      <c r="AY1" s="44"/>
+      <c r="AZ1" s="44"/>
+      <c r="BA1" s="44"/>
+      <c r="BB1" s="44"/>
+      <c r="BC1" s="44"/>
+      <c r="BD1" s="44"/>
+      <c r="BE1" s="44"/>
+      <c r="BF1" s="44"/>
+      <c r="BG1" s="44"/>
+      <c r="BH1" s="44"/>
+      <c r="BI1" s="44"/>
+      <c r="BJ1" s="44"/>
+      <c r="BK1" s="44"/>
+      <c r="BL1" s="44"/>
+      <c r="BM1" s="44"/>
+      <c r="BN1" s="44"/>
+      <c r="BO1" s="44"/>
+      <c r="BP1" s="44"/>
+      <c r="BQ1" s="44"/>
+      <c r="BR1" s="44"/>
+      <c r="BS1" s="44"/>
+      <c r="BT1" s="44"/>
+      <c r="BU1" s="44"/>
+      <c r="BV1" s="44"/>
+      <c r="BW1" s="44"/>
+      <c r="BX1" s="44"/>
+      <c r="BY1" s="44"/>
+      <c r="BZ1" s="44"/>
     </row>
     <row r="2" spans="1:82" ht="93.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="45"/>
-[...78 lines deleted...]
-      <c r="BZ2" s="45"/>
+      <c r="A2" s="44"/>
+      <c r="B2" s="54" t="s">
+        <v>223</v>
+      </c>
+      <c r="C2" s="54"/>
+      <c r="D2" s="44"/>
+      <c r="E2" s="44"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="44"/>
+      <c r="H2" s="44"/>
+      <c r="I2" s="44"/>
+      <c r="J2" s="44"/>
+      <c r="K2" s="44"/>
+      <c r="L2" s="44"/>
+      <c r="M2" s="44"/>
+      <c r="N2" s="44"/>
+      <c r="O2" s="44"/>
+      <c r="P2" s="44"/>
+      <c r="Q2" s="44"/>
+      <c r="R2" s="44"/>
+      <c r="S2" s="44"/>
+      <c r="T2" s="44"/>
+      <c r="U2" s="44"/>
+      <c r="V2" s="44"/>
+      <c r="W2" s="44"/>
+      <c r="X2" s="44"/>
+      <c r="Y2" s="44"/>
+      <c r="Z2" s="44"/>
+      <c r="AA2" s="44"/>
+      <c r="AB2" s="44"/>
+      <c r="AC2" s="44"/>
+      <c r="AD2" s="44"/>
+      <c r="AE2" s="44"/>
+      <c r="AF2" s="44"/>
+      <c r="AG2" s="44"/>
+      <c r="AH2" s="44"/>
+      <c r="AI2" s="44"/>
+      <c r="AJ2" s="44"/>
+      <c r="AK2" s="44"/>
+      <c r="AL2" s="44"/>
+      <c r="AM2" s="44"/>
+      <c r="AN2" s="44"/>
+      <c r="AO2" s="44"/>
+      <c r="AP2" s="44"/>
+      <c r="AQ2" s="44"/>
+      <c r="AR2" s="44"/>
+      <c r="AS2" s="44"/>
+      <c r="AT2" s="44"/>
+      <c r="AU2" s="44"/>
+      <c r="AV2" s="44"/>
+      <c r="AW2" s="44"/>
+      <c r="AX2" s="44"/>
+      <c r="AY2" s="44"/>
+      <c r="AZ2" s="44"/>
+      <c r="BA2" s="44"/>
+      <c r="BB2" s="44"/>
+      <c r="BC2" s="44"/>
+      <c r="BD2" s="44"/>
+      <c r="BE2" s="44"/>
+      <c r="BF2" s="44"/>
+      <c r="BG2" s="44"/>
+      <c r="BH2" s="44"/>
+      <c r="BI2" s="44"/>
+      <c r="BJ2" s="44"/>
+      <c r="BK2" s="44"/>
+      <c r="BL2" s="44"/>
+      <c r="BM2" s="44"/>
+      <c r="BN2" s="44"/>
+      <c r="BO2" s="44"/>
+      <c r="BP2" s="44"/>
+      <c r="BQ2" s="44"/>
+      <c r="BR2" s="44"/>
+      <c r="BS2" s="44"/>
+      <c r="BT2" s="44"/>
+      <c r="BU2" s="44"/>
+      <c r="BV2" s="44"/>
+      <c r="BW2" s="44"/>
+      <c r="BX2" s="44"/>
+      <c r="BY2" s="44"/>
+      <c r="BZ2" s="44"/>
     </row>
     <row r="3" spans="1:82" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="45"/>
-[...78 lines deleted...]
-      <c r="BZ3" s="45"/>
+      <c r="A3" s="44"/>
+      <c r="B3" s="44"/>
+      <c r="C3" s="44"/>
+      <c r="D3" s="55" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="55"/>
+      <c r="F3" s="55"/>
+      <c r="G3" s="55"/>
+      <c r="H3" s="55"/>
+      <c r="I3" s="55"/>
+      <c r="J3" s="55"/>
+      <c r="K3" s="55"/>
+      <c r="L3" s="55"/>
+      <c r="M3" s="55"/>
+      <c r="N3" s="55"/>
+      <c r="O3" s="55"/>
+      <c r="P3" s="55"/>
+      <c r="Q3" s="55"/>
+      <c r="R3" s="55"/>
+      <c r="S3" s="55"/>
+      <c r="T3" s="55"/>
+      <c r="U3" s="55"/>
+      <c r="V3" s="55"/>
+      <c r="W3" s="55"/>
+      <c r="X3" s="55"/>
+      <c r="Y3" s="55"/>
+      <c r="Z3" s="55"/>
+      <c r="AA3" s="55"/>
+      <c r="AB3" s="55"/>
+      <c r="AC3" s="55"/>
+      <c r="AD3" s="55"/>
+      <c r="AE3" s="55"/>
+      <c r="AF3" s="55"/>
+      <c r="AG3" s="55"/>
+      <c r="AH3" s="55"/>
+      <c r="AI3" s="55"/>
+      <c r="AJ3" s="55"/>
+      <c r="AK3" s="55"/>
+      <c r="AL3" s="55"/>
+      <c r="AM3" s="55"/>
+      <c r="AN3" s="55"/>
+      <c r="AO3" s="55"/>
+      <c r="AP3" s="55"/>
+      <c r="AQ3" s="55"/>
+      <c r="AR3" s="55"/>
+      <c r="AS3" s="55"/>
+      <c r="AT3" s="55"/>
+      <c r="AU3" s="55"/>
+      <c r="AV3" s="55"/>
+      <c r="AW3" s="55"/>
+      <c r="AX3" s="55"/>
+      <c r="AY3" s="55"/>
+      <c r="AZ3" s="55"/>
+      <c r="BA3" s="55"/>
+      <c r="BB3" s="55"/>
+      <c r="BC3" s="55"/>
+      <c r="BD3" s="55"/>
+      <c r="BE3" s="55"/>
+      <c r="BF3" s="55"/>
+      <c r="BG3" s="55"/>
+      <c r="BH3" s="55"/>
+      <c r="BI3" s="55"/>
+      <c r="BJ3" s="55"/>
+      <c r="BK3" s="55"/>
+      <c r="BL3" s="55"/>
+      <c r="BM3" s="55"/>
+      <c r="BN3" s="55"/>
+      <c r="BO3" s="55"/>
+      <c r="BP3" s="55"/>
+      <c r="BQ3" s="44"/>
+      <c r="BR3" s="44"/>
+      <c r="BS3" s="44"/>
+      <c r="BT3" s="44"/>
+      <c r="BU3" s="44"/>
+      <c r="BV3" s="44"/>
+      <c r="BW3" s="44"/>
+      <c r="BX3" s="44"/>
+      <c r="BY3" s="44"/>
+      <c r="BZ3" s="44"/>
     </row>
     <row r="4" spans="1:82" x14ac:dyDescent="0.2">
-      <c r="A4" s="45"/>
-[...80 lines deleted...]
-      <c r="BZ4" s="45"/>
+      <c r="A4" s="44"/>
+      <c r="B4" s="45"/>
+      <c r="C4" s="45"/>
+      <c r="D4" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" s="45"/>
+      <c r="F4" s="45"/>
+      <c r="G4" s="45"/>
+      <c r="H4" s="45"/>
+      <c r="I4" s="45"/>
+      <c r="J4" s="45"/>
+      <c r="K4" s="45"/>
+      <c r="L4" s="45"/>
+      <c r="M4" s="45"/>
+      <c r="N4" s="45"/>
+      <c r="O4" s="45"/>
+      <c r="P4" s="45"/>
+      <c r="Q4" s="45"/>
+      <c r="R4" s="45"/>
+      <c r="S4" s="45"/>
+      <c r="T4" s="45"/>
+      <c r="U4" s="45"/>
+      <c r="V4" s="45"/>
+      <c r="W4" s="45"/>
+      <c r="X4" s="45"/>
+      <c r="Y4" s="45"/>
+      <c r="Z4" s="45"/>
+      <c r="AA4" s="45"/>
+      <c r="AB4" s="45"/>
+      <c r="AC4" s="45"/>
+      <c r="AD4" s="45"/>
+      <c r="AE4" s="45"/>
+      <c r="AF4" s="45"/>
+      <c r="AG4" s="45"/>
+      <c r="AH4" s="45"/>
+      <c r="AI4" s="45"/>
+      <c r="AJ4" s="45"/>
+      <c r="AK4" s="45"/>
+      <c r="AL4" s="45"/>
+      <c r="AM4" s="45"/>
+      <c r="AN4" s="45"/>
+      <c r="AO4" s="45"/>
+      <c r="AP4" s="45"/>
+      <c r="AQ4" s="45"/>
+      <c r="AR4" s="45"/>
+      <c r="AS4" s="45"/>
+      <c r="AT4" s="45"/>
+      <c r="AU4" s="45"/>
+      <c r="AV4" s="45"/>
+      <c r="AW4" s="45"/>
+      <c r="AX4" s="45"/>
+      <c r="AY4" s="45"/>
+      <c r="AZ4" s="45"/>
+      <c r="BA4" s="45"/>
+      <c r="BB4" s="45"/>
+      <c r="BC4" s="45"/>
+      <c r="BD4" s="45"/>
+      <c r="BE4" s="45"/>
+      <c r="BF4" s="45"/>
+      <c r="BG4" s="45"/>
+      <c r="BH4" s="45"/>
+      <c r="BI4" s="45"/>
+      <c r="BJ4" s="59" t="s">
+        <v>224</v>
+      </c>
+      <c r="BK4" s="59"/>
+      <c r="BL4" s="59"/>
+      <c r="BM4" s="59"/>
+      <c r="BN4" s="59"/>
+      <c r="BO4" s="59"/>
+      <c r="BP4" s="59"/>
+      <c r="BQ4" s="59"/>
+      <c r="BR4" s="59"/>
+      <c r="BS4" s="59"/>
+      <c r="BT4" s="59"/>
+      <c r="BU4" s="59"/>
+      <c r="BV4" s="59"/>
+      <c r="BW4" s="59"/>
+      <c r="BX4" s="59"/>
+      <c r="BY4" s="59"/>
+      <c r="BZ4" s="44"/>
     </row>
     <row r="5" spans="1:82" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="45"/>
-[...3 lines deleted...]
-      <c r="C5" s="53" t="s">
+      <c r="A5" s="44"/>
+      <c r="B5" s="70" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="52" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="53" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="81" t="s">
+      <c r="D5" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="F5" s="78" t="s">
-[...5 lines deleted...]
-      <c r="H5" s="57" t="s">
+      <c r="F5" s="77" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="77" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" s="56" t="s">
+        <v>18</v>
+      </c>
+      <c r="I5" s="72"/>
+      <c r="J5" s="72"/>
+      <c r="K5" s="72"/>
+      <c r="L5" s="72"/>
+      <c r="M5" s="72"/>
+      <c r="N5" s="72"/>
+      <c r="O5" s="72"/>
+      <c r="P5" s="72"/>
+      <c r="Q5" s="72"/>
+      <c r="R5" s="72"/>
+      <c r="S5" s="72"/>
+      <c r="T5" s="72"/>
+      <c r="U5" s="73"/>
+      <c r="V5" s="56" t="s">
         <v>19</v>
       </c>
-      <c r="I5" s="73"/>
-[...12 lines deleted...]
-      <c r="V5" s="57" t="s">
+      <c r="W5" s="57"/>
+      <c r="X5" s="57"/>
+      <c r="Y5" s="57"/>
+      <c r="Z5" s="57"/>
+      <c r="AA5" s="57"/>
+      <c r="AB5" s="57"/>
+      <c r="AC5" s="57"/>
+      <c r="AD5" s="57"/>
+      <c r="AE5" s="57"/>
+      <c r="AF5" s="57"/>
+      <c r="AG5" s="57"/>
+      <c r="AH5" s="57"/>
+      <c r="AI5" s="58"/>
+      <c r="AJ5" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="W5" s="58"/>
-[...12 lines deleted...]
-      <c r="AJ5" s="57" t="s">
+      <c r="AK5" s="72"/>
+      <c r="AL5" s="72"/>
+      <c r="AM5" s="72"/>
+      <c r="AN5" s="72"/>
+      <c r="AO5" s="72"/>
+      <c r="AP5" s="72"/>
+      <c r="AQ5" s="72"/>
+      <c r="AR5" s="72"/>
+      <c r="AS5" s="72"/>
+      <c r="AT5" s="72"/>
+      <c r="AU5" s="72"/>
+      <c r="AV5" s="72"/>
+      <c r="AW5" s="73"/>
+      <c r="AX5" s="56" t="s">
+        <v>22</v>
+      </c>
+      <c r="AY5" s="57"/>
+      <c r="AZ5" s="57"/>
+      <c r="BA5" s="57"/>
+      <c r="BB5" s="57"/>
+      <c r="BC5" s="57"/>
+      <c r="BD5" s="57"/>
+      <c r="BE5" s="57"/>
+      <c r="BF5" s="57"/>
+      <c r="BG5" s="57"/>
+      <c r="BH5" s="57"/>
+      <c r="BI5" s="57"/>
+      <c r="BJ5" s="57"/>
+      <c r="BK5" s="58"/>
+      <c r="BL5" s="56" t="s">
         <v>21</v>
       </c>
-      <c r="AK5" s="73"/>
-[...44 lines deleted...]
-      <c r="BZ5" s="45"/>
+      <c r="BM5" s="57"/>
+      <c r="BN5" s="57"/>
+      <c r="BO5" s="57"/>
+      <c r="BP5" s="57"/>
+      <c r="BQ5" s="57"/>
+      <c r="BR5" s="57"/>
+      <c r="BS5" s="57"/>
+      <c r="BT5" s="57"/>
+      <c r="BU5" s="57"/>
+      <c r="BV5" s="57"/>
+      <c r="BW5" s="57"/>
+      <c r="BX5" s="57"/>
+      <c r="BY5" s="58"/>
+      <c r="BZ5" s="44"/>
     </row>
     <row r="6" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="45"/>
-[...6 lines deleted...]
-      <c r="H6" s="29">
+      <c r="A6" s="44"/>
+      <c r="B6" s="71"/>
+      <c r="C6" s="53"/>
+      <c r="D6" s="79"/>
+      <c r="E6" s="81"/>
+      <c r="F6" s="78"/>
+      <c r="G6" s="78"/>
+      <c r="H6" s="28">
         <v>1</v>
       </c>
-      <c r="I6" s="29">
+      <c r="I6" s="28">
         <v>2</v>
       </c>
-      <c r="J6" s="29">
+      <c r="J6" s="28">
         <v>3</v>
       </c>
-      <c r="K6" s="29">
+      <c r="K6" s="28">
         <v>4</v>
       </c>
-      <c r="L6" s="29">
+      <c r="L6" s="28">
         <v>5</v>
       </c>
-      <c r="M6" s="29">
+      <c r="M6" s="28">
         <v>6</v>
       </c>
-      <c r="N6" s="29">
+      <c r="N6" s="28">
         <v>7</v>
       </c>
-      <c r="O6" s="29">
+      <c r="O6" s="28">
         <v>1</v>
       </c>
-      <c r="P6" s="29">
+      <c r="P6" s="28">
         <v>2</v>
       </c>
-      <c r="Q6" s="29">
+      <c r="Q6" s="28">
         <v>3</v>
       </c>
-      <c r="R6" s="29">
+      <c r="R6" s="28">
         <v>4</v>
       </c>
-      <c r="S6" s="29">
+      <c r="S6" s="28">
         <v>5</v>
       </c>
-      <c r="T6" s="29">
+      <c r="T6" s="28">
         <v>6</v>
       </c>
-      <c r="U6" s="29">
+      <c r="U6" s="28">
         <v>7</v>
       </c>
-      <c r="V6" s="29">
+      <c r="V6" s="28">
         <v>1</v>
       </c>
-      <c r="W6" s="29">
+      <c r="W6" s="28">
         <v>2</v>
       </c>
-      <c r="X6" s="29">
+      <c r="X6" s="28">
         <v>3</v>
       </c>
-      <c r="Y6" s="29">
+      <c r="Y6" s="28">
         <v>4</v>
       </c>
-      <c r="Z6" s="29">
+      <c r="Z6" s="28">
         <v>5</v>
       </c>
-      <c r="AA6" s="29">
+      <c r="AA6" s="28">
         <v>6</v>
       </c>
-      <c r="AB6" s="29">
+      <c r="AB6" s="28">
         <v>7</v>
       </c>
-      <c r="AC6" s="29">
+      <c r="AC6" s="28">
         <v>1</v>
       </c>
-      <c r="AD6" s="29">
+      <c r="AD6" s="28">
         <v>2</v>
       </c>
-      <c r="AE6" s="29">
+      <c r="AE6" s="28">
         <v>3</v>
       </c>
-      <c r="AF6" s="29">
+      <c r="AF6" s="28">
         <v>4</v>
       </c>
-      <c r="AG6" s="29">
+      <c r="AG6" s="28">
         <v>5</v>
       </c>
-      <c r="AH6" s="29">
+      <c r="AH6" s="28">
         <v>6</v>
       </c>
-      <c r="AI6" s="29">
+      <c r="AI6" s="28">
         <v>7</v>
       </c>
-      <c r="AJ6" s="29">
+      <c r="AJ6" s="28">
         <v>1</v>
       </c>
-      <c r="AK6" s="29">
+      <c r="AK6" s="28">
         <v>2</v>
       </c>
-      <c r="AL6" s="29">
+      <c r="AL6" s="28">
         <v>3</v>
       </c>
-      <c r="AM6" s="29">
+      <c r="AM6" s="28">
         <v>4</v>
       </c>
-      <c r="AN6" s="29">
+      <c r="AN6" s="28">
         <v>5</v>
       </c>
-      <c r="AO6" s="29">
+      <c r="AO6" s="28">
         <v>6</v>
       </c>
-      <c r="AP6" s="29">
+      <c r="AP6" s="28">
         <v>7</v>
       </c>
-      <c r="AQ6" s="29">
+      <c r="AQ6" s="28">
         <v>1</v>
       </c>
-      <c r="AR6" s="29">
+      <c r="AR6" s="28">
         <v>2</v>
       </c>
-      <c r="AS6" s="29">
+      <c r="AS6" s="28">
         <v>3</v>
       </c>
-      <c r="AT6" s="29">
+      <c r="AT6" s="28">
         <v>4</v>
       </c>
-      <c r="AU6" s="29">
+      <c r="AU6" s="28">
         <v>5</v>
       </c>
-      <c r="AV6" s="29">
+      <c r="AV6" s="28">
         <v>6</v>
       </c>
-      <c r="AW6" s="29">
+      <c r="AW6" s="28">
         <v>7</v>
       </c>
-      <c r="AX6" s="29">
+      <c r="AX6" s="28">
         <v>1</v>
       </c>
-      <c r="AY6" s="29">
+      <c r="AY6" s="28">
         <v>2</v>
       </c>
-      <c r="AZ6" s="29">
+      <c r="AZ6" s="28">
         <v>3</v>
       </c>
-      <c r="BA6" s="29">
+      <c r="BA6" s="28">
         <v>4</v>
       </c>
-      <c r="BB6" s="29">
+      <c r="BB6" s="28">
         <v>5</v>
       </c>
-      <c r="BC6" s="29">
+      <c r="BC6" s="28">
         <v>6</v>
       </c>
-      <c r="BD6" s="29">
+      <c r="BD6" s="28">
         <v>7</v>
       </c>
-      <c r="BE6" s="29">
+      <c r="BE6" s="28">
         <v>1</v>
       </c>
-      <c r="BF6" s="29">
+      <c r="BF6" s="28">
         <v>2</v>
       </c>
-      <c r="BG6" s="29">
+      <c r="BG6" s="28">
         <v>3</v>
       </c>
-      <c r="BH6" s="29">
+      <c r="BH6" s="28">
         <v>4</v>
       </c>
-      <c r="BI6" s="29">
+      <c r="BI6" s="28">
         <v>5</v>
       </c>
-      <c r="BJ6" s="29">
+      <c r="BJ6" s="28">
         <v>6</v>
       </c>
-      <c r="BK6" s="29">
+      <c r="BK6" s="28">
         <v>7</v>
       </c>
-      <c r="BL6" s="29">
+      <c r="BL6" s="28">
         <v>1</v>
       </c>
-      <c r="BM6" s="29">
+      <c r="BM6" s="28">
         <v>2</v>
       </c>
-      <c r="BN6" s="29">
+      <c r="BN6" s="28">
         <v>3</v>
       </c>
-      <c r="BO6" s="29">
+      <c r="BO6" s="28">
         <v>4</v>
       </c>
-      <c r="BP6" s="29">
+      <c r="BP6" s="28">
         <v>5</v>
       </c>
-      <c r="BQ6" s="29">
+      <c r="BQ6" s="28">
         <v>6</v>
       </c>
-      <c r="BR6" s="29">
+      <c r="BR6" s="28">
         <v>7</v>
       </c>
-      <c r="BS6" s="29">
+      <c r="BS6" s="28">
         <v>1</v>
       </c>
-      <c r="BT6" s="29">
+      <c r="BT6" s="28">
         <v>2</v>
       </c>
-      <c r="BU6" s="29">
+      <c r="BU6" s="28">
         <v>3</v>
       </c>
-      <c r="BV6" s="29">
+      <c r="BV6" s="28">
         <v>4</v>
       </c>
-      <c r="BW6" s="29">
+      <c r="BW6" s="28">
         <v>5</v>
       </c>
-      <c r="BX6" s="29">
+      <c r="BX6" s="28">
         <v>6</v>
       </c>
-      <c r="BY6" s="29">
+      <c r="BY6" s="28">
         <v>7</v>
       </c>
-      <c r="BZ6" s="45"/>
+      <c r="BZ6" s="44"/>
     </row>
     <row r="7" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="45"/>
-      <c r="B7" s="28">
+      <c r="A7" s="44"/>
+      <c r="B7" s="27">
         <v>1</v>
       </c>
       <c r="C7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
       <c r="F7" s="6">
         <v>19</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="I7" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="J7" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="N7" s="1" t="s">
         <v>66</v>
       </c>
+      <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
-      <c r="S7" s="31"/>
+      <c r="S7" s="30"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
-      <c r="X7" s="1"/>
-[...2 lines deleted...]
-      <c r="AA7" s="18"/>
+      <c r="X7" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y7" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z7" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA7" s="1" t="s">
+        <v>63</v>
+      </c>
       <c r="AB7" s="1"/>
       <c r="AC7" s="1"/>
       <c r="AD7" s="1"/>
       <c r="AE7" s="1"/>
-      <c r="AF7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AF7" s="1"/>
+      <c r="AG7" s="30"/>
       <c r="AH7" s="1"/>
       <c r="AI7" s="1"/>
       <c r="AJ7" s="1"/>
-      <c r="AK7" s="31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AK7" s="30"/>
+      <c r="AL7" s="1"/>
       <c r="AM7" s="1" t="s">
-        <v>70</v>
-[...7 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="AN7" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO7" s="1"/>
+      <c r="AP7" s="1"/>
       <c r="AQ7" s="1"/>
       <c r="AR7" s="1"/>
       <c r="AS7" s="1"/>
       <c r="AT7" s="1"/>
       <c r="AU7" s="1"/>
       <c r="AV7" s="1"/>
       <c r="AW7" s="1"/>
       <c r="AX7" s="1"/>
-      <c r="AY7" s="31"/>
-[...12 lines deleted...]
-      </c>
+      <c r="AY7" s="30"/>
+      <c r="AZ7" s="30"/>
+      <c r="BA7" s="1"/>
+      <c r="BB7" s="1"/>
+      <c r="BC7" s="1"/>
+      <c r="BD7" s="1"/>
       <c r="BE7" s="1"/>
       <c r="BF7" s="1"/>
       <c r="BG7" s="1"/>
       <c r="BH7" s="1"/>
-      <c r="BI7" s="1"/>
-      <c r="BJ7" s="1"/>
+      <c r="BI7" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BJ7" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="BK7" s="1"/>
       <c r="BL7" s="1"/>
       <c r="BM7" s="1"/>
-      <c r="BN7" s="1"/>
+      <c r="BN7" s="1" t="s">
+        <v>65</v>
+      </c>
       <c r="BO7" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="BP7" s="1" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="BQ7" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="BR7" s="1" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="BS7" s="1"/>
       <c r="BT7" s="1"/>
       <c r="BU7" s="1"/>
       <c r="BV7" s="1"/>
       <c r="BW7" s="1"/>
       <c r="BX7" s="1"/>
       <c r="BY7" s="1"/>
-      <c r="BZ7" s="45"/>
+      <c r="BZ7" s="44"/>
       <c r="CC7" s="20"/>
       <c r="CD7" s="19"/>
     </row>
     <row r="8" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A8" s="45"/>
-      <c r="B8" s="28">
+      <c r="A8" s="44"/>
+      <c r="B8" s="27">
         <v>2</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F8" s="6">
         <v>2</v>
       </c>
       <c r="G8" s="6"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="W8" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
       <c r="AA8" s="1"/>
       <c r="AB8" s="1"/>
       <c r="AC8" s="1"/>
       <c r="AD8" s="1"/>
       <c r="AE8" s="1"/>
       <c r="AF8" s="1"/>
       <c r="AG8" s="1"/>
       <c r="AH8" s="1"/>
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
       <c r="AM8" s="1"/>
       <c r="AN8" s="1"/>
       <c r="AO8" s="17"/>
       <c r="AP8" s="1"/>
       <c r="AQ8" s="1"/>
       <c r="AR8" s="1"/>
       <c r="AS8" s="1"/>
       <c r="AT8" s="1"/>
       <c r="AU8" s="1"/>
@@ -5584,3021 +5678,2979 @@
       <c r="BA8" s="1"/>
       <c r="BB8" s="1"/>
       <c r="BC8" s="1"/>
       <c r="BD8" s="1"/>
       <c r="BE8" s="1"/>
       <c r="BF8" s="1"/>
       <c r="BG8" s="1"/>
       <c r="BH8" s="1"/>
       <c r="BI8" s="1"/>
       <c r="BJ8" s="1"/>
       <c r="BK8" s="1"/>
       <c r="BL8" s="1"/>
       <c r="BM8" s="1"/>
       <c r="BN8" s="1"/>
       <c r="BO8" s="1"/>
       <c r="BP8" s="1"/>
       <c r="BQ8" s="1"/>
       <c r="BR8" s="1"/>
       <c r="BS8" s="1"/>
       <c r="BT8" s="1"/>
       <c r="BU8" s="1"/>
       <c r="BV8" s="1"/>
       <c r="BW8" s="1"/>
       <c r="BX8" s="1"/>
       <c r="BY8" s="1"/>
-      <c r="BZ8" s="45"/>
+      <c r="BZ8" s="44"/>
       <c r="CC8" s="20"/>
       <c r="CD8" s="19"/>
     </row>
     <row r="9" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A9" s="45"/>
-      <c r="B9" s="28">
+      <c r="A9" s="44"/>
+      <c r="B9" s="27">
         <v>3</v>
       </c>
       <c r="C9" s="15" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F9" s="6">
         <v>19</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>57</v>
-[...21 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="8"/>
-      <c r="S9" s="8"/>
+      <c r="S9" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
-      <c r="V9" s="1"/>
-[...1 lines deleted...]
-      <c r="X9" s="1"/>
+      <c r="V9" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="W9" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="X9" s="1" t="s">
+        <v>67</v>
+      </c>
       <c r="Y9" s="1" t="s">
-        <v>68</v>
+        <v>133</v>
       </c>
       <c r="Z9" s="1" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="AA9" s="1" t="s">
-        <v>132</v>
-[...6 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="AB9" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC9" s="1"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="1"/>
       <c r="AF9" s="1"/>
       <c r="AG9" s="1"/>
       <c r="AH9" s="1"/>
       <c r="AI9" s="1"/>
-      <c r="AJ9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AK9" s="1" t="s">
+      <c r="AJ9" s="1"/>
+      <c r="AK9" s="1"/>
+      <c r="AL9" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM9" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="AN9" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="AO9" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="AL9" s="1"/>
-[...4 lines deleted...]
-      <c r="AQ9" s="1"/>
+      <c r="AP9" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ9" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="AR9" s="1"/>
       <c r="AS9" s="1"/>
       <c r="AT9" s="1"/>
       <c r="AU9" s="1"/>
       <c r="AV9" s="1"/>
       <c r="AW9" s="1"/>
-      <c r="AX9" s="1"/>
-[...12 lines deleted...]
-      </c>
+      <c r="AX9" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="AY9" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="AZ9" s="1"/>
+      <c r="BA9" s="1"/>
+      <c r="BB9" s="1"/>
+      <c r="BC9" s="1"/>
       <c r="BD9" s="1"/>
       <c r="BE9" s="1"/>
       <c r="BF9" s="1"/>
       <c r="BG9" s="1"/>
       <c r="BH9" s="1"/>
       <c r="BI9" s="1"/>
       <c r="BJ9" s="1"/>
       <c r="BK9" s="1"/>
       <c r="BL9" s="1" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="BN9" s="1"/>
+        <v>63</v>
+      </c>
+      <c r="BM9" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="BN9" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="BO9" s="1"/>
       <c r="BP9" s="1"/>
       <c r="BQ9" s="1"/>
-      <c r="BR9" s="24"/>
+      <c r="BR9" s="23"/>
       <c r="BS9" s="1"/>
       <c r="BU9" s="1"/>
       <c r="BV9" s="1"/>
       <c r="BW9" s="1"/>
       <c r="BX9" s="1"/>
       <c r="BY9" s="1"/>
-      <c r="BZ9" s="45"/>
+      <c r="BZ9" s="44"/>
       <c r="CC9" s="20"/>
       <c r="CD9" s="19"/>
     </row>
     <row r="10" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="45"/>
-      <c r="B10" s="28">
+      <c r="A10" s="44"/>
+      <c r="B10" s="27">
         <v>4</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F10" s="6">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      <c r="L10" s="1"/>
+        <v>64</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>63</v>
+      </c>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
       <c r="X10" s="1"/>
       <c r="Y10" s="1"/>
       <c r="Z10" s="1"/>
       <c r="AA10" s="1"/>
       <c r="AB10" s="18"/>
       <c r="AC10" s="1"/>
       <c r="AD10" s="1"/>
       <c r="AE10" s="1"/>
       <c r="AF10" s="1"/>
       <c r="AG10" s="1"/>
       <c r="AH10" s="1"/>
       <c r="AI10" s="1"/>
-      <c r="AJ10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="AJ10" s="1"/>
+      <c r="AK10" s="1"/>
+      <c r="AL10" s="1"/>
       <c r="AM10" s="1"/>
       <c r="AN10" s="1"/>
       <c r="AO10" s="1"/>
       <c r="AP10" s="1"/>
       <c r="AQ10" s="1"/>
       <c r="AR10" s="1"/>
       <c r="AS10" s="1"/>
       <c r="AT10" s="1"/>
       <c r="AU10" s="1"/>
       <c r="AV10" s="1"/>
       <c r="AW10" s="1"/>
-      <c r="AX10" s="1"/>
+      <c r="AX10" s="1" t="s">
+        <v>66</v>
+      </c>
       <c r="AY10" s="1"/>
       <c r="AZ10" s="1"/>
       <c r="BA10" s="1"/>
       <c r="BB10" s="1"/>
       <c r="BC10" s="1"/>
-      <c r="BD10" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BD10" s="1"/>
+      <c r="BF10" s="1"/>
+      <c r="BG10" s="1"/>
       <c r="BH10" s="1"/>
       <c r="BI10" s="1"/>
       <c r="BJ10" s="1"/>
       <c r="BK10" s="1"/>
       <c r="BL10" s="1"/>
       <c r="BM10" s="1"/>
       <c r="BN10" s="1"/>
       <c r="BO10" s="1"/>
       <c r="BP10" s="1"/>
       <c r="BQ10" s="1"/>
       <c r="BR10" s="1"/>
       <c r="BS10" s="1"/>
       <c r="BT10" s="1"/>
       <c r="BU10" s="1"/>
       <c r="BV10" s="1"/>
       <c r="BW10" s="1"/>
       <c r="BX10" s="1"/>
       <c r="BY10" s="1"/>
-      <c r="BZ10" s="45"/>
+      <c r="BZ10" s="44"/>
       <c r="CC10" s="20"/>
       <c r="CD10" s="19"/>
     </row>
     <row r="11" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A11" s="45"/>
-      <c r="B11" s="28">
+      <c r="A11" s="44"/>
+      <c r="B11" s="27">
         <v>5</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="D11" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E11" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="6">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="G11" s="6"/>
       <c r="H11" s="1"/>
-      <c r="I11" s="35"/>
+      <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
-      <c r="M11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
-      <c r="AA11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA11" s="1"/>
       <c r="AB11" s="18"/>
       <c r="AC11" s="1"/>
       <c r="AD11" s="1"/>
       <c r="AE11" s="1"/>
       <c r="AF11" s="1"/>
       <c r="AG11" s="1"/>
       <c r="AH11" s="1"/>
       <c r="AI11" s="1"/>
-      <c r="AJ11" s="35"/>
+      <c r="AJ11" s="1"/>
+      <c r="AK11" s="13"/>
       <c r="AL11" s="1"/>
-      <c r="AM11" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="AM11" s="1"/>
+      <c r="AN11" s="1"/>
+      <c r="AO11" s="1"/>
+      <c r="AP11" s="1"/>
+      <c r="AQ11" s="1"/>
       <c r="AR11" s="1"/>
       <c r="AS11" s="1"/>
       <c r="AT11" s="1"/>
       <c r="AU11" s="1"/>
       <c r="AV11" s="1"/>
       <c r="AW11" s="1"/>
       <c r="AX11" s="1"/>
       <c r="AY11" s="1"/>
       <c r="AZ11" s="1"/>
       <c r="BA11" s="1"/>
-      <c r="BB11" s="1"/>
-      <c r="BC11" s="1"/>
+      <c r="BB11" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="BC11" s="1" t="s">
+        <v>60</v>
+      </c>
       <c r="BD11" s="1"/>
-      <c r="BE11" s="1"/>
+      <c r="BE11" s="33"/>
       <c r="BF11" s="1"/>
       <c r="BG11" s="1"/>
       <c r="BH11" s="1"/>
       <c r="BI11" s="1"/>
       <c r="BJ11" s="1"/>
       <c r="BK11" s="1"/>
       <c r="BL11" s="1"/>
       <c r="BM11" s="1"/>
       <c r="BN11" s="1"/>
       <c r="BO11" s="1"/>
-      <c r="BP11" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BP11" s="1"/>
+      <c r="BQ11" s="1"/>
+      <c r="BR11" s="1"/>
       <c r="BS11" s="1"/>
       <c r="BT11" s="1"/>
       <c r="BU11" s="1"/>
       <c r="BV11" s="1"/>
       <c r="BW11" s="1"/>
       <c r="BX11" s="1"/>
       <c r="BY11" s="1"/>
-      <c r="BZ11" s="45"/>
+      <c r="BZ11" s="44"/>
       <c r="CC11" s="20"/>
       <c r="CD11" s="19"/>
     </row>
     <row r="12" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="45"/>
-      <c r="B12" s="28">
+      <c r="A12" s="44"/>
+      <c r="B12" s="27">
         <v>6</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>108</v>
+        <v>52</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F12" s="6">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G12" s="6"/>
+        <v>11</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>100</v>
+      </c>
       <c r="H12" s="1"/>
-      <c r="I12" s="32"/>
+      <c r="I12" s="34"/>
       <c r="J12" s="1" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      <c r="N12" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="M12" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N12" s="34" t="s">
+        <v>63</v>
+      </c>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
-      <c r="Z12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z12" s="1"/>
       <c r="AA12" s="1"/>
-      <c r="AB12" s="18"/>
+      <c r="AB12" s="18" t="s">
+        <v>63</v>
+      </c>
       <c r="AC12" s="1"/>
       <c r="AD12" s="1"/>
       <c r="AE12" s="1"/>
       <c r="AF12" s="1"/>
       <c r="AG12" s="1"/>
       <c r="AH12" s="1"/>
       <c r="AI12" s="1"/>
-      <c r="AJ12" s="35"/>
-[...5 lines deleted...]
-      </c>
+      <c r="AJ12" s="33"/>
+      <c r="AK12" s="33"/>
+      <c r="AL12" s="1"/>
       <c r="AM12" s="1"/>
       <c r="AN12" s="1"/>
-      <c r="AO12" s="1"/>
-      <c r="AP12" s="1"/>
+      <c r="AO12" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP12" s="1" t="s">
+        <v>64</v>
+      </c>
       <c r="AQ12" s="1"/>
       <c r="AR12" s="1"/>
       <c r="AS12" s="1"/>
       <c r="AT12" s="1"/>
       <c r="AU12" s="1"/>
       <c r="AV12" s="1"/>
       <c r="AW12" s="1"/>
-      <c r="AX12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AX12" s="1"/>
+      <c r="AY12" s="1"/>
       <c r="AZ12" s="1"/>
       <c r="BA12" s="1"/>
-      <c r="BB12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BB12" s="1"/>
       <c r="BC12" s="1"/>
-      <c r="BD12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BD12" s="1"/>
       <c r="BE12" s="1"/>
       <c r="BF12" s="1"/>
       <c r="BG12" s="1"/>
       <c r="BH12" s="1"/>
       <c r="BI12" s="1"/>
       <c r="BJ12" s="1"/>
       <c r="BK12" s="1"/>
       <c r="BL12" s="1"/>
-      <c r="BM12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BM12" s="1"/>
       <c r="BN12" s="1"/>
-      <c r="BO12" s="1"/>
-[...2 lines deleted...]
-      <c r="BR12" s="1"/>
+      <c r="BO12" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="BP12" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="BQ12" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="BR12" s="1" t="s">
+        <v>104</v>
+      </c>
       <c r="BS12" s="1"/>
       <c r="BT12" s="1"/>
       <c r="BU12" s="1"/>
       <c r="BV12" s="1"/>
       <c r="BW12" s="1"/>
       <c r="BX12" s="1"/>
       <c r="BY12" s="1"/>
-      <c r="BZ12" s="45"/>
+      <c r="BZ12" s="44"/>
       <c r="CC12" s="20"/>
       <c r="CD12" s="19"/>
     </row>
     <row r="13" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="45"/>
-      <c r="B13" s="28">
+      <c r="A13" s="44"/>
+      <c r="B13" s="27">
         <v>7</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>199</v>
+        <v>134</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>155</v>
+        <v>33</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="F13" s="6">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G13" s="6"/>
       <c r="H13" s="1" t="s">
-        <v>66</v>
-[...7 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="I13" s="33"/>
+      <c r="J13" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
-      <c r="V13" s="1"/>
-      <c r="W13" s="27"/>
+      <c r="V13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="W13" s="1" t="s">
+        <v>68</v>
+      </c>
       <c r="X13" s="1"/>
       <c r="Y13" s="1"/>
       <c r="Z13" s="1"/>
       <c r="AA13" s="1"/>
-      <c r="AB13" s="1"/>
-      <c r="AC13" s="44"/>
+      <c r="AB13" s="18"/>
+      <c r="AC13" s="1"/>
       <c r="AD13" s="1"/>
       <c r="AE13" s="1"/>
       <c r="AF13" s="1"/>
       <c r="AG13" s="1"/>
       <c r="AH13" s="1"/>
       <c r="AI13" s="1"/>
-      <c r="AJ13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AK13" s="1"/>
+      <c r="AJ13" s="33"/>
+      <c r="AK13" s="43"/>
       <c r="AL13" s="1"/>
-      <c r="AM13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AN13" s="1"/>
+      <c r="AM13" s="1"/>
+      <c r="AN13" s="1" t="s">
+        <v>62</v>
+      </c>
       <c r="AO13" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="AP13" s="1" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="AQ13" s="8"/>
+        <v>61</v>
+      </c>
+      <c r="AQ13" s="1"/>
       <c r="AR13" s="1"/>
       <c r="AS13" s="1"/>
       <c r="AT13" s="1"/>
       <c r="AU13" s="1"/>
       <c r="AV13" s="1"/>
       <c r="AW13" s="1"/>
       <c r="AX13" s="1"/>
       <c r="AY13" s="1"/>
       <c r="AZ13" s="1"/>
-      <c r="BA13" s="27"/>
-[...2 lines deleted...]
-      <c r="BD13" s="1"/>
+      <c r="BA13" s="1"/>
+      <c r="BB13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="BC13" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="BD13" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="BE13" s="1"/>
       <c r="BF13" s="1"/>
       <c r="BG13" s="1"/>
       <c r="BH13" s="1"/>
       <c r="BI13" s="1"/>
       <c r="BJ13" s="1"/>
       <c r="BK13" s="1"/>
-      <c r="BL13" s="1" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="BL13" s="1"/>
+      <c r="BM13" s="1"/>
+      <c r="BN13" s="1"/>
+      <c r="BO13" s="1"/>
+      <c r="BP13" s="1"/>
       <c r="BQ13" s="1"/>
-      <c r="BR13" s="27"/>
-      <c r="BS13" s="35"/>
+      <c r="BR13" s="1"/>
+      <c r="BS13" s="1"/>
       <c r="BT13" s="1"/>
       <c r="BU13" s="1"/>
       <c r="BV13" s="1"/>
       <c r="BW13" s="1"/>
       <c r="BX13" s="1"/>
       <c r="BY13" s="1"/>
-      <c r="BZ13" s="45"/>
+      <c r="BZ13" s="44"/>
       <c r="CC13" s="20"/>
       <c r="CD13" s="19"/>
     </row>
     <row r="14" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="45"/>
-      <c r="B14" s="28">
+      <c r="A14" s="44"/>
+      <c r="B14" s="27">
         <v>8</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>200</v>
+        <v>135</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>156</v>
+        <v>54</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>153</v>
+        <v>216</v>
       </c>
       <c r="F14" s="6">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G14" s="6"/>
       <c r="H14" s="1"/>
-      <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
-      <c r="W14" s="27"/>
+      <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
-      <c r="AB14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AC14" s="32"/>
+      <c r="AB14" s="18"/>
+      <c r="AC14" s="13"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
-      <c r="AJ14" s="1"/>
-      <c r="AK14" s="1"/>
+      <c r="AJ14" s="33"/>
+      <c r="AK14" s="43"/>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1"/>
       <c r="AN14" s="1"/>
-      <c r="AO14" s="1"/>
-      <c r="AP14" s="1"/>
+      <c r="AO14" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="AP14" s="1" t="s">
+        <v>137</v>
+      </c>
       <c r="AQ14" s="8"/>
-      <c r="AR14" s="1"/>
+      <c r="AR14" s="1" t="s">
+        <v>141</v>
+      </c>
       <c r="AS14" s="1"/>
       <c r="AT14" s="1"/>
       <c r="AU14" s="1"/>
       <c r="AV14" s="1"/>
       <c r="AW14" s="1"/>
       <c r="AX14" s="1"/>
       <c r="AY14" s="1"/>
       <c r="AZ14" s="1"/>
-      <c r="BA14" s="27"/>
-      <c r="BB14" s="8"/>
+      <c r="BA14" s="1"/>
+      <c r="BB14" s="1"/>
       <c r="BC14" s="1"/>
-      <c r="BD14" s="1"/>
-[...1 lines deleted...]
-      <c r="BF14" s="1"/>
+      <c r="BD14" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="BE14" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="BF14" s="1" t="s">
+        <v>141</v>
+      </c>
       <c r="BG14" s="1"/>
       <c r="BH14" s="1"/>
       <c r="BI14" s="1"/>
       <c r="BJ14" s="1"/>
       <c r="BK14" s="1"/>
       <c r="BL14" s="1"/>
       <c r="BM14" s="1"/>
-      <c r="BN14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="BP14" s="1"/>
+      <c r="BN14" s="1"/>
+      <c r="BO14" s="1"/>
+      <c r="BP14" s="1" t="s">
+        <v>144</v>
+      </c>
       <c r="BQ14" s="1" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="BR14" s="1"/>
+      <c r="BS14" s="1"/>
       <c r="BT14" s="1"/>
       <c r="BU14" s="1"/>
       <c r="BV14" s="1"/>
       <c r="BW14" s="1"/>
       <c r="BX14" s="1"/>
       <c r="BY14" s="1"/>
-      <c r="BZ14" s="45"/>
+      <c r="BZ14" s="44"/>
       <c r="CC14" s="20"/>
       <c r="CD14" s="19"/>
     </row>
     <row r="15" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="45"/>
-      <c r="B15" s="28">
+      <c r="A15" s="44"/>
+      <c r="B15" s="27">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>32</v>
+        <v>213</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>59</v>
+        <v>214</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>2</v>
+        <v>215</v>
       </c>
       <c r="F15" s="6">
         <v>13</v>
       </c>
-      <c r="G15" s="6" t="s">
-[...12 lines deleted...]
-      <c r="N15" s="1"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="17"/>
+      <c r="I15" s="17" t="s">
+        <v>220</v>
+      </c>
+      <c r="J15" s="17"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="17" t="s">
+        <v>222</v>
+      </c>
+      <c r="M15" s="17" t="s">
+        <v>221</v>
+      </c>
+      <c r="N15" s="17" t="s">
+        <v>118</v>
+      </c>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
-      <c r="V15" s="1"/>
-[...6 lines deleted...]
-      <c r="AC15" s="1"/>
+      <c r="V15" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="W15" s="26" t="s">
+        <v>138</v>
+      </c>
+      <c r="X15" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y15" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="Z15" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="AA15" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="AB15" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="AC15" s="43"/>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
-      <c r="AJ15" s="1" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="AJ15" s="17" t="s">
+        <v>138</v>
+      </c>
+      <c r="AK15" s="17" t="s">
+        <v>139</v>
       </c>
       <c r="AL15" s="1"/>
       <c r="AM15" s="1"/>
       <c r="AN15" s="1"/>
-      <c r="AO15" s="1"/>
-[...1 lines deleted...]
-      <c r="AQ15" s="1"/>
+      <c r="AO15" s="17"/>
+      <c r="AP15" s="17"/>
+      <c r="AQ15" s="8"/>
       <c r="AR15" s="1"/>
       <c r="AS15" s="1"/>
       <c r="AT15" s="1"/>
       <c r="AU15" s="1"/>
       <c r="AV15" s="1"/>
       <c r="AW15" s="1"/>
-      <c r="AX15" s="1" t="s">
-[...7 lines deleted...]
-      <c r="BB15" s="1"/>
+      <c r="AX15" s="1"/>
+      <c r="AY15" s="1"/>
+      <c r="AZ15" s="1"/>
+      <c r="BA15" s="26"/>
+      <c r="BB15" s="8"/>
       <c r="BC15" s="1"/>
       <c r="BD15" s="1"/>
       <c r="BE15" s="1"/>
       <c r="BF15" s="1"/>
       <c r="BG15" s="1"/>
       <c r="BH15" s="1"/>
       <c r="BI15" s="1"/>
       <c r="BJ15" s="1"/>
       <c r="BK15" s="1"/>
-      <c r="BL15" s="1" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="BL15" s="1"/>
+      <c r="BM15" s="1"/>
+      <c r="BN15" s="1"/>
+      <c r="BO15" s="1"/>
+      <c r="BP15" s="1"/>
+      <c r="BQ15" s="17"/>
+      <c r="BR15" s="17"/>
       <c r="BS15" s="1"/>
       <c r="BT15" s="1"/>
       <c r="BU15" s="1"/>
       <c r="BV15" s="1"/>
       <c r="BW15" s="1"/>
       <c r="BX15" s="1"/>
       <c r="BY15" s="1"/>
-      <c r="BZ15" s="45"/>
+      <c r="BZ15" s="44"/>
       <c r="CC15" s="20"/>
       <c r="CD15" s="19"/>
     </row>
     <row r="16" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="45"/>
-      <c r="B16" s="28">
+      <c r="A16" s="44"/>
+      <c r="B16" s="27">
         <v>10</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>201</v>
+        <v>30</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>154</v>
+        <v>136</v>
       </c>
       <c r="F16" s="6">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="G16" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>97</v>
+      </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
-      <c r="K16" s="27"/>
-[...1 lines deleted...]
-      <c r="M16" s="1"/>
+      <c r="K16" s="26" t="s">
+        <v>150</v>
+      </c>
+      <c r="L16" s="35" t="s">
+        <v>145</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>146</v>
+      </c>
       <c r="N16" s="1"/>
-      <c r="O16" s="1"/>
-      <c r="P16" s="1"/>
+      <c r="O16" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="P16" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
-      <c r="V16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+      <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
-      <c r="Z16" s="35"/>
-[...1 lines deleted...]
-      <c r="AB16" s="27"/>
+      <c r="AA16" s="26"/>
+      <c r="AB16" s="1" t="s">
+        <v>152</v>
+      </c>
       <c r="AC16" s="1"/>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AM16" s="1"/>
       <c r="AN16" s="1"/>
       <c r="AO16" s="1"/>
       <c r="AP16" s="1"/>
       <c r="AQ16" s="1"/>
       <c r="AR16" s="1"/>
-      <c r="AS16" s="1"/>
-[...1 lines deleted...]
-      <c r="AU16" s="1"/>
+      <c r="AS16" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="AT16" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="AU16" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="AV16" s="1"/>
       <c r="AW16" s="1"/>
-      <c r="AX16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="AX16" s="1"/>
+      <c r="AY16" s="26"/>
+      <c r="AZ16" s="26"/>
       <c r="BA16" s="1"/>
-      <c r="BB16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="BB16" s="1"/>
       <c r="BC16" s="1" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="BD16" s="1"/>
+        <v>153</v>
+      </c>
+      <c r="BD16" s="1" t="s">
+        <v>154</v>
+      </c>
       <c r="BE16" s="1"/>
       <c r="BF16" s="1"/>
       <c r="BG16" s="1"/>
       <c r="BH16" s="1"/>
       <c r="BI16" s="1"/>
       <c r="BJ16" s="1"/>
       <c r="BK16" s="1"/>
       <c r="BL16" s="1"/>
       <c r="BM16" s="1"/>
-      <c r="BN16" s="1"/>
-      <c r="BO16" s="1"/>
+      <c r="BN16" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="BO16" s="1" t="s">
+        <v>143</v>
+      </c>
       <c r="BP16" s="1"/>
       <c r="BQ16" s="1"/>
       <c r="BR16" s="1"/>
       <c r="BS16" s="1"/>
       <c r="BT16" s="1"/>
       <c r="BU16" s="1"/>
       <c r="BV16" s="1"/>
       <c r="BW16" s="1"/>
       <c r="BX16" s="1"/>
       <c r="BY16" s="1"/>
-      <c r="BZ16" s="45"/>
+      <c r="BZ16" s="44"/>
       <c r="CC16" s="20"/>
       <c r="CD16" s="19"/>
     </row>
     <row r="17" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="45"/>
-      <c r="B17" s="28">
+      <c r="A17" s="44"/>
+      <c r="B17" s="27">
         <v>11</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>185</v>
+        <v>96</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>152</v>
+        <v>92</v>
       </c>
       <c r="F17" s="6">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="G17" s="6"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="16"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="16"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="W17" s="1"/>
       <c r="X17" s="1" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="Y17" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="Z17" s="1" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="AA17" s="1" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="AB17" s="18"/>
+        <v>105</v>
+      </c>
+      <c r="AB17" s="18" t="s">
+        <v>61</v>
+      </c>
       <c r="AC17" s="1"/>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
       <c r="AG17" s="1"/>
       <c r="AH17" s="1"/>
       <c r="AI17" s="1"/>
       <c r="AJ17" s="1"/>
       <c r="AK17" s="1"/>
       <c r="AL17" s="1"/>
       <c r="AM17" s="1"/>
       <c r="AN17" s="1"/>
       <c r="AO17" s="1"/>
       <c r="AP17" s="1"/>
       <c r="AQ17" s="1"/>
       <c r="AR17" s="1"/>
       <c r="AS17" s="1"/>
       <c r="AT17" s="1"/>
       <c r="AU17" s="1"/>
       <c r="AV17" s="1"/>
       <c r="AW17" s="1"/>
-      <c r="AX17" s="1"/>
+      <c r="AX17" s="1" t="s">
+        <v>90</v>
+      </c>
       <c r="AY17" s="1"/>
-      <c r="AZ17" s="1"/>
+      <c r="AZ17" s="1" t="s">
+        <v>105</v>
+      </c>
       <c r="BA17" s="1"/>
       <c r="BB17" s="1"/>
       <c r="BC17" s="1"/>
       <c r="BD17" s="1"/>
       <c r="BE17" s="1"/>
       <c r="BF17" s="1"/>
       <c r="BG17" s="1"/>
       <c r="BH17" s="1"/>
       <c r="BI17" s="1"/>
       <c r="BJ17" s="1"/>
       <c r="BK17" s="1"/>
-      <c r="BL17" s="1"/>
-      <c r="BM17" s="1"/>
+      <c r="BL17" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="BM17" s="1" t="s">
+        <v>106</v>
+      </c>
       <c r="BN17" s="1"/>
-      <c r="BO17" s="1"/>
-[...2 lines deleted...]
-      <c r="BR17" s="1"/>
+      <c r="BO17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="BP17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="BQ17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BR17" s="1" t="s">
+        <v>60</v>
+      </c>
       <c r="BS17" s="1"/>
       <c r="BT17" s="1"/>
       <c r="BU17" s="1"/>
       <c r="BV17" s="1"/>
       <c r="BW17" s="1"/>
       <c r="BX17" s="1"/>
       <c r="BY17" s="1"/>
-      <c r="BZ17" s="45"/>
+      <c r="BZ17" s="44"/>
       <c r="CC17" s="20"/>
       <c r="CD17" s="19"/>
     </row>
     <row r="18" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="45"/>
-      <c r="B18" s="28">
+      <c r="A18" s="44"/>
+      <c r="B18" s="27">
         <v>12</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="F18" s="6">
         <v>2</v>
       </c>
       <c r="G18" s="6"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
-      <c r="V18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1"/>
       <c r="AB18" s="1"/>
       <c r="AC18" s="1"/>
-      <c r="AD18" s="1"/>
-      <c r="AE18" s="1"/>
+      <c r="AD18" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE18" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
       <c r="AM18" s="1"/>
       <c r="AN18" s="1"/>
       <c r="AO18" s="1"/>
       <c r="AP18" s="1"/>
       <c r="AQ18" s="1"/>
       <c r="AR18" s="1"/>
       <c r="AS18" s="1"/>
       <c r="AT18" s="1"/>
       <c r="AU18" s="1"/>
       <c r="AV18" s="1"/>
       <c r="AW18" s="1"/>
       <c r="AX18" s="1"/>
       <c r="AY18" s="1"/>
       <c r="AZ18" s="1"/>
       <c r="BA18" s="1"/>
       <c r="BB18" s="1"/>
       <c r="BC18" s="1"/>
-      <c r="BD18" s="31"/>
+      <c r="BD18" s="30"/>
       <c r="BE18" s="1"/>
       <c r="BF18" s="1"/>
       <c r="BG18" s="1"/>
       <c r="BH18" s="1"/>
       <c r="BI18" s="1"/>
       <c r="BJ18" s="1"/>
       <c r="BK18" s="1"/>
       <c r="BL18" s="1"/>
       <c r="BM18" s="1"/>
       <c r="BN18" s="1"/>
       <c r="BO18" s="1"/>
       <c r="BP18" s="1"/>
       <c r="BQ18" s="1"/>
       <c r="BR18" s="1"/>
       <c r="BS18" s="1"/>
       <c r="BT18" s="1"/>
       <c r="BU18" s="1"/>
       <c r="BV18" s="1"/>
       <c r="BW18" s="1"/>
       <c r="BX18" s="1"/>
       <c r="BY18" s="1"/>
-      <c r="BZ18" s="45"/>
+      <c r="BZ18" s="44"/>
       <c r="CC18" s="20"/>
       <c r="CD18" s="19"/>
     </row>
     <row r="19" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="45"/>
-      <c r="B19" s="28">
+      <c r="A19" s="44"/>
+      <c r="B19" s="27">
         <v>13</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F19" s="6">
         <v>4</v>
       </c>
       <c r="G19" s="6"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
       <c r="X19" s="1"/>
       <c r="Y19" s="1"/>
       <c r="Z19" s="1"/>
       <c r="AA19" s="1"/>
       <c r="AB19" s="18"/>
       <c r="AC19" s="1"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="1"/>
       <c r="AF19" s="1"/>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="AL19" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="AM19" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="AN19" s="1"/>
       <c r="AO19" s="1" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="AP19" s="1"/>
       <c r="AQ19" s="1"/>
       <c r="AR19" s="1"/>
       <c r="AS19" s="1"/>
       <c r="AT19" s="1"/>
       <c r="AU19" s="1"/>
       <c r="AV19" s="1"/>
       <c r="AW19" s="1"/>
       <c r="AX19" s="1"/>
       <c r="AY19" s="1"/>
       <c r="AZ19" s="1"/>
       <c r="BA19" s="1"/>
       <c r="BB19" s="1"/>
       <c r="BC19" s="1"/>
       <c r="BD19" s="1"/>
       <c r="BE19" s="1"/>
       <c r="BF19" s="1"/>
       <c r="BG19" s="1"/>
       <c r="BH19" s="1"/>
       <c r="BI19" s="1"/>
       <c r="BJ19" s="1"/>
       <c r="BK19" s="1"/>
       <c r="BL19" s="1"/>
       <c r="BM19" s="1"/>
       <c r="BN19" s="1"/>
       <c r="BO19" s="1"/>
       <c r="BP19" s="1"/>
       <c r="BQ19" s="1"/>
       <c r="BR19" s="1"/>
       <c r="BS19" s="1"/>
       <c r="BT19" s="1"/>
       <c r="BU19" s="1"/>
       <c r="BV19" s="1"/>
       <c r="BW19" s="1"/>
       <c r="BX19" s="1"/>
       <c r="BY19" s="1"/>
-      <c r="BZ19" s="45"/>
+      <c r="BZ19" s="44"/>
       <c r="CC19" s="20"/>
       <c r="CD19" s="19"/>
     </row>
     <row r="20" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A20" s="45"/>
-      <c r="B20" s="28">
+      <c r="A20" s="44"/>
+      <c r="B20" s="27">
         <v>14</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F20" s="6">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="1" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      <c r="K20" s="1"/>
+        <v>132</v>
+      </c>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1" t="s">
+        <v>67</v>
+      </c>
       <c r="L20" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="1"/>
       <c r="AB20" s="18"/>
       <c r="AC20" s="1"/>
       <c r="AD20" s="1"/>
       <c r="AE20" s="1"/>
       <c r="AF20" s="1"/>
       <c r="AG20" s="1"/>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AM20" s="1"/>
       <c r="AN20" s="1"/>
       <c r="AO20" s="1"/>
       <c r="AP20" s="1"/>
       <c r="AQ20" s="1"/>
       <c r="AR20" s="1"/>
       <c r="AS20" s="1"/>
       <c r="AT20" s="1"/>
       <c r="AU20" s="1"/>
       <c r="AV20" s="1"/>
       <c r="AW20" s="1"/>
       <c r="AY20" s="1"/>
       <c r="AZ20" s="1"/>
-      <c r="BA20" s="1"/>
-      <c r="BB20" s="1"/>
+      <c r="BA20" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="BB20" s="1" t="s">
+        <v>90</v>
+      </c>
       <c r="BC20" s="1"/>
       <c r="BD20" s="1"/>
       <c r="BE20" s="1"/>
       <c r="BF20" s="1"/>
       <c r="BG20" s="1"/>
       <c r="BH20" s="1"/>
       <c r="BI20" s="1"/>
       <c r="BJ20" s="1"/>
       <c r="BK20" s="1"/>
       <c r="BL20" s="1"/>
       <c r="BM20" s="1"/>
-      <c r="BN20" s="23"/>
-[...3 lines deleted...]
-      </c>
+      <c r="BN20" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="BO20" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="BP20" s="1"/>
       <c r="BQ20" s="1"/>
       <c r="BR20" s="1"/>
       <c r="BS20" s="1"/>
       <c r="BT20" s="1"/>
       <c r="BU20" s="1"/>
       <c r="BV20" s="1"/>
       <c r="BW20" s="1"/>
       <c r="BX20" s="1"/>
       <c r="BY20" s="1"/>
-      <c r="BZ20" s="45"/>
+      <c r="BZ20" s="44"/>
       <c r="CC20" s="20"/>
       <c r="CD20" s="19"/>
     </row>
     <row r="21" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="45"/>
-      <c r="B21" s="28">
+      <c r="A21" s="44"/>
+      <c r="B21" s="27">
         <v>15</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>207</v>
+        <v>155</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F21" s="6">
-        <v>24</v>
-[...21 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="G21" s="6"/>
+      <c r="H21" s="1"/>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
-      <c r="Q21" s="1"/>
-      <c r="R21" s="1"/>
+      <c r="Q21" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="R21" s="1" t="s">
+        <v>157</v>
+      </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
-      <c r="X21" s="1" t="s">
+      <c r="X21" s="1"/>
+      <c r="Y21" s="1"/>
+      <c r="Z21" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AA21" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="AB21" s="1"/>
+      <c r="AC21" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="Y21" s="1" t="s">
-[...9 lines deleted...]
-      <c r="AC21" s="1"/>
       <c r="AD21" s="1"/>
       <c r="AE21" s="1"/>
       <c r="AF21" s="1"/>
       <c r="AG21" s="1"/>
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
-      <c r="AJ21" s="1"/>
-      <c r="AK21" s="1"/>
+      <c r="AJ21" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="AK21" s="1" t="s">
+        <v>108</v>
+      </c>
       <c r="AL21" s="1" t="s">
-        <v>157</v>
-[...9 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="AM21" s="1"/>
+      <c r="AN21" s="1"/>
+      <c r="AO21" s="1"/>
       <c r="AP21" s="1"/>
       <c r="AQ21" s="1"/>
       <c r="AR21" s="1"/>
       <c r="AS21" s="1"/>
       <c r="AT21" s="1"/>
       <c r="AU21" s="1"/>
       <c r="AV21" s="1"/>
       <c r="AW21" s="1"/>
-      <c r="AX21" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="AX21" s="1"/>
+      <c r="AY21" s="1"/>
+      <c r="AZ21" s="1"/>
+      <c r="BA21" s="1"/>
       <c r="BB21" s="1"/>
       <c r="BC21" s="1"/>
       <c r="BD21" s="1"/>
       <c r="BE21" s="1"/>
       <c r="BF21" s="1"/>
-      <c r="BG21" s="1"/>
-      <c r="BH21" s="1"/>
+      <c r="BG21" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="BH21" s="1" t="s">
+        <v>98</v>
+      </c>
       <c r="BI21" s="1"/>
       <c r="BJ21" s="1"/>
       <c r="BK21" s="1"/>
       <c r="BL21" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="BM21" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="BN21" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="BM21" s="1" t="s">
-[...10 lines deleted...]
-      <c r="BR21" s="1"/>
+      <c r="BO21" s="1"/>
+      <c r="BP21" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="BQ21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="BR21" s="1" t="s">
+        <v>164</v>
+      </c>
       <c r="BS21" s="1"/>
       <c r="BT21" s="1"/>
       <c r="BU21" s="1"/>
       <c r="BV21" s="1"/>
       <c r="BW21" s="1"/>
       <c r="BX21" s="1"/>
       <c r="BY21" s="1"/>
-      <c r="BZ21" s="45"/>
+      <c r="BZ21" s="44"/>
       <c r="CA21" s="21"/>
       <c r="CC21" s="20"/>
       <c r="CD21" s="19"/>
     </row>
     <row r="22" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A22" s="45"/>
-      <c r="B22" s="28">
+      <c r="A22" s="44"/>
+      <c r="B22" s="27">
         <v>16</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F22" s="6">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I22" s="9" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>166</v>
+        <v>107</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="L22" s="1" t="s">
         <v>167</v>
       </c>
+      <c r="L22" s="1"/>
       <c r="M22" s="9"/>
       <c r="N22" s="17"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
-      <c r="V22" s="9" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="V22" s="9"/>
+      <c r="W22" s="9"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="9"/>
       <c r="Z22" s="1"/>
-      <c r="AA22" s="40"/>
-      <c r="AB22" s="34"/>
+      <c r="AA22" s="38"/>
+      <c r="AB22" s="1"/>
       <c r="AC22" s="1"/>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
-      <c r="AF22" s="1"/>
-[...1 lines deleted...]
-      <c r="AH22" s="1"/>
+      <c r="AF22" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="AH22" s="1" t="s">
+        <v>101</v>
+      </c>
       <c r="AI22" s="1"/>
       <c r="AJ22" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-        <v>171</v>
+        <v>168</v>
+      </c>
+      <c r="AK22" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="AL22" s="38" t="s">
+        <v>169</v>
       </c>
       <c r="AM22" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AN22" s="1" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="AO22" s="1"/>
       <c r="AP22" s="1"/>
       <c r="AQ22" s="1"/>
       <c r="AR22" s="1"/>
       <c r="AS22" s="1"/>
       <c r="AT22" s="1"/>
       <c r="AU22" s="1"/>
       <c r="AV22" s="1"/>
       <c r="AW22" s="1"/>
-      <c r="AX22" s="9"/>
-[...15 lines deleted...]
-      <c r="BF22" s="1"/>
+      <c r="AX22" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="AY22" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="AZ22" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="BA22" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="BB22" s="38" t="s">
+        <v>172</v>
+      </c>
+      <c r="BC22" s="38" t="s">
+        <v>167</v>
+      </c>
+      <c r="BD22" s="9"/>
+      <c r="BE22" s="38"/>
+      <c r="BF22" s="38"/>
       <c r="BG22" s="1"/>
       <c r="BH22" s="1"/>
       <c r="BI22" s="1"/>
       <c r="BJ22" s="1"/>
       <c r="BK22" s="1"/>
-      <c r="BL22" s="1" t="s">
-[...3 lines deleted...]
-        <v>164</v>
+      <c r="BL22" s="9"/>
+      <c r="BM22" s="1" t="s">
+        <v>107</v>
       </c>
       <c r="BN22" s="1" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>174</v>
+      </c>
+      <c r="BO22" s="9" t="s">
+        <v>166</v>
       </c>
       <c r="BP22" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="BQ22" s="1" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-      <c r="BS22" s="1"/>
+        <v>171</v>
+      </c>
+      <c r="BR22" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="BS22" s="1" t="s">
+        <v>173</v>
+      </c>
       <c r="BT22" s="1"/>
       <c r="BU22" s="1"/>
       <c r="BV22" s="1"/>
       <c r="BW22" s="1"/>
       <c r="BX22" s="1"/>
       <c r="BY22" s="1"/>
-      <c r="BZ22" s="45"/>
+      <c r="BZ22" s="44"/>
       <c r="CC22" s="20"/>
       <c r="CD22" s="19"/>
     </row>
     <row r="23" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="45"/>
-      <c r="B23" s="28">
+      <c r="A23" s="44"/>
+      <c r="B23" s="27">
         <v>17</v>
       </c>
       <c r="C23" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="D23" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F23" s="6">
         <v>23</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>124</v>
-[...22 lines deleted...]
-      <c r="O23" s="27"/>
+        <v>111</v>
+      </c>
+      <c r="H23" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="I23" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="J23" s="26"/>
+      <c r="K23" s="26"/>
+      <c r="L23" s="35"/>
+      <c r="M23" s="35"/>
+      <c r="N23" s="35"/>
+      <c r="O23" s="26"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
-      <c r="V23" s="1"/>
+      <c r="V23" s="1" t="s">
+        <v>177</v>
+      </c>
       <c r="W23" s="1" t="s">
-        <v>182</v>
-[...4 lines deleted...]
-      <c r="AA23" s="1"/>
+        <v>178</v>
+      </c>
+      <c r="X23" s="26" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y23" s="26" t="s">
+        <v>179</v>
+      </c>
+      <c r="Z23" s="26" t="s">
+        <v>180</v>
+      </c>
+      <c r="AA23" s="1" t="s">
+        <v>183</v>
+      </c>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
-      <c r="AD23" s="25"/>
-[...1 lines deleted...]
-      <c r="AF23" s="41"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="39"/>
+      <c r="AF23" s="39"/>
       <c r="AG23" s="1"/>
       <c r="AH23" s="1"/>
       <c r="AI23" s="1"/>
-      <c r="AJ23" s="37" t="s">
+      <c r="AJ23" s="26" t="s">
         <v>179</v>
       </c>
-      <c r="AK23" s="37" t="s">
+      <c r="AK23" s="35" t="s">
         <v>181</v>
       </c>
-      <c r="AL23" s="37"/>
-[...11 lines deleted...]
-      <c r="AR23" s="27"/>
+      <c r="AL23" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="AM23" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="AN23" s="26" t="s">
+        <v>176</v>
+      </c>
+      <c r="AO23" s="26" t="s">
+        <v>182</v>
+      </c>
+      <c r="AP23" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="AQ23" s="26"/>
+      <c r="AR23" s="26"/>
       <c r="AS23" s="1"/>
       <c r="AT23" s="1"/>
       <c r="AU23" s="1"/>
       <c r="AV23" s="1"/>
       <c r="AW23" s="1"/>
-      <c r="AX23" s="27" t="s">
-[...16 lines deleted...]
-      <c r="BE23" s="27"/>
+      <c r="AX23" s="26" t="s">
+        <v>180</v>
+      </c>
+      <c r="AY23" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="AZ23" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="BA23" s="26" t="s">
+        <v>182</v>
+      </c>
+      <c r="BB23" s="26"/>
+      <c r="BC23" s="26"/>
+      <c r="BD23" s="1"/>
+      <c r="BE23" s="26"/>
       <c r="BF23" s="1"/>
       <c r="BG23" s="1"/>
       <c r="BH23" s="1"/>
       <c r="BI23" s="1"/>
       <c r="BJ23" s="1"/>
       <c r="BK23" s="1"/>
-      <c r="BL23" s="40" t="s">
-[...8 lines deleted...]
-      <c r="BO23" s="40" t="s">
+      <c r="BL23" s="38" t="s">
         <v>183</v>
       </c>
-      <c r="BP23" s="40" t="s">
-[...3 lines deleted...]
-      <c r="BR23" s="40"/>
+      <c r="BM23" s="38" t="s">
+        <v>116</v>
+      </c>
+      <c r="BN23" s="38"/>
+      <c r="BO23" s="38" t="s">
+        <v>184</v>
+      </c>
+      <c r="BP23" s="38" t="s">
+        <v>113</v>
+      </c>
+      <c r="BQ23" s="38"/>
+      <c r="BR23" s="38"/>
       <c r="BS23" s="1"/>
       <c r="BT23" s="1"/>
       <c r="BU23" s="1"/>
       <c r="BV23" s="1"/>
       <c r="BW23" s="1"/>
       <c r="BX23" s="1"/>
       <c r="BY23" s="1"/>
-      <c r="BZ23" s="45"/>
+      <c r="BZ23" s="44"/>
       <c r="CC23" s="20"/>
       <c r="CD23" s="19"/>
     </row>
     <row r="24" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A24" s="45"/>
-      <c r="B24" s="28">
+      <c r="A24" s="44"/>
+      <c r="B24" s="27">
         <v>18</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F24" s="6">
         <v>21</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>45</v>
+        <v>117</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
-      <c r="K24" s="1"/>
-[...1 lines deleted...]
-      <c r="M24" s="1"/>
+      <c r="K24" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="L24" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="M24" s="1" t="s">
+        <v>89</v>
+      </c>
       <c r="N24" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="14"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="8"/>
-      <c r="V24" s="14"/>
-      <c r="W24" s="1"/>
+      <c r="V24" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="W24" s="1" t="s">
+        <v>186</v>
+      </c>
       <c r="X24" s="1" t="s">
-        <v>87</v>
+        <v>204</v>
       </c>
       <c r="Y24" s="1" t="s">
-        <v>96</v>
-[...10 lines deleted...]
-      <c r="AC24" s="39"/>
+        <v>187</v>
+      </c>
+      <c r="Z24" s="1"/>
+      <c r="AA24" s="1"/>
+      <c r="AB24" s="1"/>
+      <c r="AC24" s="37"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
-      <c r="AJ24" s="1"/>
-      <c r="AK24" s="1"/>
+      <c r="AJ24" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="AK24" s="1" t="s">
+        <v>119</v>
+      </c>
       <c r="AL24" s="8" t="s">
-        <v>88</v>
+        <v>188</v>
       </c>
       <c r="AM24" s="14" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="AN24" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-      <c r="AP24" s="1"/>
+        <v>207</v>
+      </c>
+      <c r="AO24" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="AP24" s="1" t="s">
+        <v>206</v>
+      </c>
       <c r="AQ24" s="1"/>
       <c r="AR24" s="1"/>
       <c r="AS24" s="1"/>
       <c r="AT24" s="14"/>
       <c r="AU24" s="22"/>
       <c r="AV24" s="8"/>
       <c r="AW24" s="16"/>
-      <c r="AX24" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="AX24" s="1"/>
+      <c r="AY24" s="8"/>
+      <c r="AZ24" s="1"/>
+      <c r="BA24" s="1"/>
       <c r="BB24" s="1" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="BC24" s="1" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="BD24" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="BD24" s="1" t="s">
+        <v>75</v>
+      </c>
       <c r="BE24" s="1"/>
       <c r="BF24" s="1"/>
       <c r="BG24" s="1"/>
       <c r="BH24" s="1"/>
       <c r="BI24" s="1"/>
       <c r="BJ24" s="1"/>
       <c r="BK24" s="1"/>
-      <c r="BL24" s="1"/>
-[...1 lines deleted...]
-      <c r="BN24" s="1"/>
+      <c r="BL24" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="BM24" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="BN24" s="1" t="s">
+        <v>76</v>
+      </c>
       <c r="BO24" s="1"/>
-      <c r="BP24" s="37"/>
-[...14 lines deleted...]
-      </c>
+      <c r="BP24" s="35"/>
+      <c r="BQ24" s="35"/>
+      <c r="BR24" s="1"/>
+      <c r="BS24" s="1"/>
+      <c r="BT24" s="1"/>
+      <c r="BU24" s="1"/>
       <c r="BV24" s="1"/>
       <c r="BW24" s="1"/>
       <c r="BX24" s="1"/>
       <c r="BY24" s="1"/>
-      <c r="BZ24" s="45"/>
+      <c r="BZ24" s="44"/>
       <c r="CC24" s="20"/>
       <c r="CD24" s="19"/>
     </row>
     <row r="25" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="45"/>
-      <c r="B25" s="28">
+      <c r="A25" s="44"/>
+      <c r="B25" s="27">
         <v>19</v>
       </c>
       <c r="C25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="D25" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F25" s="6">
         <v>21</v>
       </c>
       <c r="G25" s="6" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1" t="s">
-        <v>91</v>
+        <v>189</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="L25" s="1"/>
       <c r="M25" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="N25" s="1"/>
+        <v>121</v>
+      </c>
+      <c r="N25" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="O25" s="1"/>
-      <c r="P25" s="38"/>
+      <c r="P25" s="36"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
-      <c r="W25" s="1"/>
-[...1 lines deleted...]
-      <c r="Y25" s="1"/>
+      <c r="W25" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="X25" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y25" s="1" t="s">
+        <v>190</v>
+      </c>
       <c r="Z25" s="1" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="AA25" s="1" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
-      <c r="AD25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AD25" s="1"/>
+      <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
-      <c r="AJ25" s="1"/>
-[...5 lines deleted...]
-      <c r="AP25" s="8"/>
+      <c r="AJ25" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="AK25" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="AL25" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="AM25" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN25" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="AO25" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP25" s="8" t="s">
+        <v>189</v>
+      </c>
       <c r="AQ25" s="1"/>
       <c r="AR25" s="1"/>
-      <c r="AS25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AS25" s="1"/>
+      <c r="AT25" s="1"/>
       <c r="AU25" s="1"/>
       <c r="AV25" s="1"/>
       <c r="AW25" s="1"/>
-      <c r="AX25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AX25" s="1"/>
       <c r="AY25" s="1" t="s">
-        <v>94</v>
+        <v>193</v>
       </c>
       <c r="AZ25" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="BA25" s="1" t="s">
-        <v>89</v>
+        <v>121</v>
       </c>
       <c r="BB25" s="1"/>
       <c r="BC25" s="1"/>
       <c r="BD25" s="1"/>
       <c r="BE25" s="1"/>
       <c r="BF25" s="1"/>
       <c r="BG25" s="1"/>
       <c r="BH25" s="1"/>
       <c r="BI25" s="1"/>
       <c r="BJ25" s="1"/>
       <c r="BK25" s="1"/>
       <c r="BL25" s="1" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="BM25" s="1" t="s">
-        <v>94</v>
-[...12 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="BN25" s="1"/>
+      <c r="BO25" s="42"/>
+      <c r="BP25" s="1"/>
+      <c r="BQ25" s="1"/>
       <c r="BR25" s="1"/>
       <c r="BS25" s="1"/>
       <c r="BT25" s="1"/>
       <c r="BU25" s="1"/>
       <c r="BV25" s="1"/>
       <c r="BW25" s="1"/>
       <c r="BX25" s="1"/>
       <c r="BY25" s="1"/>
-      <c r="BZ25" s="45"/>
+      <c r="BZ25" s="44"/>
       <c r="CC25" s="20"/>
       <c r="CD25" s="19"/>
     </row>
     <row r="26" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A26" s="45"/>
-      <c r="B26" s="28">
+      <c r="A26" s="44"/>
+      <c r="B26" s="27">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="D26" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E26" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="E26" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="6">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G26" s="6"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
-      <c r="L26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="L26" s="1"/>
+      <c r="M26" s="1"/>
+      <c r="N26" s="1"/>
       <c r="O26" s="1"/>
-      <c r="P26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
       <c r="AF26" s="1"/>
       <c r="AG26" s="1"/>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
       <c r="AM26" s="1"/>
-      <c r="AN26" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="AN26" s="1"/>
+      <c r="AO26" s="1"/>
+      <c r="AP26" s="1"/>
       <c r="AQ26" s="1"/>
-      <c r="AR26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AR26" s="1"/>
       <c r="AS26" s="1"/>
       <c r="AT26" s="1"/>
       <c r="AU26" s="1"/>
       <c r="AV26" s="1"/>
       <c r="AW26" s="1"/>
-      <c r="AX26" s="1"/>
-[...4 lines deleted...]
-      <c r="BC26" s="1"/>
+      <c r="AX26" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="AY26" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="AZ26" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="BA26" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="BB26" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="BC26" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="BD26" s="1"/>
       <c r="BE26" s="1"/>
       <c r="BF26" s="1"/>
       <c r="BG26" s="1"/>
       <c r="BH26" s="1"/>
       <c r="BI26" s="1"/>
       <c r="BJ26" s="1"/>
       <c r="BK26" s="1"/>
       <c r="BL26" s="1"/>
       <c r="BM26" s="1"/>
       <c r="BN26" s="1"/>
       <c r="BO26" s="1"/>
       <c r="BP26" s="1"/>
       <c r="BQ26" s="1"/>
       <c r="BR26" s="1"/>
       <c r="BS26" s="1"/>
       <c r="BT26" s="1"/>
       <c r="BU26" s="1"/>
       <c r="BV26" s="1"/>
       <c r="BW26" s="1"/>
       <c r="BX26" s="1"/>
       <c r="BY26" s="1"/>
-      <c r="BZ26" s="45"/>
+      <c r="BZ26" s="44"/>
       <c r="CC26" s="20"/>
       <c r="CD26" s="19"/>
     </row>
     <row r="27" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="45"/>
-      <c r="B27" s="28">
+      <c r="A27" s="44"/>
+      <c r="B27" s="27">
         <v>21</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D27" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E27" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="E27" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="6">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      <c r="J27" s="1"/>
+        <v>27</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="8"/>
-      <c r="P27" s="14"/>
-[...8 lines deleted...]
-      </c>
+      <c r="P27" s="8"/>
+      <c r="Q27" s="1"/>
+      <c r="R27" s="1"/>
+      <c r="S27" s="8"/>
       <c r="T27" s="8"/>
       <c r="U27" s="8"/>
       <c r="V27" s="8" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>96</v>
+        <v>196</v>
+      </c>
+      <c r="W27" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="X27" s="8" t="s">
+        <v>127</v>
       </c>
       <c r="Y27" s="1" t="s">
-        <v>95</v>
+        <v>188</v>
       </c>
       <c r="Z27" s="1" t="s">
-        <v>194</v>
+        <v>76</v>
       </c>
       <c r="AA27" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="AB27" s="1" t="s">
-        <v>97</v>
+        <v>198</v>
       </c>
       <c r="AC27" s="1"/>
       <c r="AD27" s="1"/>
       <c r="AE27" s="1"/>
       <c r="AF27" s="1"/>
       <c r="AG27" s="1"/>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>151</v>
+        <v>82</v>
+      </c>
+      <c r="AK27" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="AL27" s="8" t="s">
+        <v>127</v>
       </c>
       <c r="AM27" s="1" t="s">
-        <v>193</v>
+        <v>76</v>
       </c>
       <c r="AN27" s="1" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="AO27" s="1"/>
+      <c r="AP27" s="1"/>
       <c r="AQ27" s="1"/>
       <c r="AR27" s="1"/>
       <c r="AS27" s="1"/>
       <c r="AT27" s="1"/>
       <c r="AU27" s="1"/>
       <c r="AV27" s="1"/>
       <c r="AW27" s="1"/>
-      <c r="AX27" s="8"/>
-[...2 lines deleted...]
-      <c r="BA27" s="1"/>
+      <c r="AX27" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="AY27" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="AZ27" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="BA27" s="1" t="s">
+        <v>82</v>
+      </c>
       <c r="BB27" s="1"/>
       <c r="BC27" s="1"/>
       <c r="BD27" s="1"/>
       <c r="BE27" s="1"/>
       <c r="BF27" s="1"/>
       <c r="BG27" s="1"/>
-      <c r="BH27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="BH27" s="1"/>
+      <c r="BI27" s="1"/>
+      <c r="BJ27" s="1"/>
       <c r="BK27" s="1"/>
       <c r="BL27" s="1" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="BM27" s="1" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="BN27" s="8" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      <c r="BQ27" s="8"/>
+        <v>126</v>
+      </c>
+      <c r="BO27" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="BP27" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="BQ27" s="8" t="s">
+        <v>199</v>
+      </c>
       <c r="BR27" s="8"/>
-      <c r="BS27" s="14"/>
+      <c r="BS27" s="8"/>
       <c r="BT27" s="1"/>
       <c r="BU27" s="8"/>
       <c r="BV27" s="8"/>
       <c r="BW27" s="8"/>
       <c r="BX27" s="1"/>
       <c r="BY27" s="8"/>
-      <c r="BZ27" s="45"/>
+      <c r="BZ27" s="44"/>
       <c r="CC27" s="20"/>
       <c r="CD27" s="19"/>
     </row>
     <row r="28" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A28" s="45"/>
-      <c r="B28" s="28">
+      <c r="A28" s="44"/>
+      <c r="B28" s="27">
         <v>22</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F28" s="6">
         <v>6</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="17"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
       <c r="Y28" s="1"/>
       <c r="Z28" s="1"/>
       <c r="AA28" s="1"/>
       <c r="AB28" s="18"/>
       <c r="AC28" s="1"/>
       <c r="AD28" s="1"/>
       <c r="AE28" s="17"/>
       <c r="AF28" s="1"/>
       <c r="AG28" s="1"/>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
       <c r="AM28" s="1"/>
       <c r="AN28" s="1"/>
       <c r="AO28" s="1"/>
       <c r="AP28" s="1"/>
       <c r="AQ28" s="1"/>
       <c r="AR28" s="1"/>
       <c r="AS28" s="1"/>
       <c r="AT28" s="1"/>
       <c r="AU28" s="1"/>
       <c r="AV28" s="1"/>
       <c r="AW28" s="1"/>
       <c r="AX28" s="1"/>
-      <c r="AY28" s="1"/>
+      <c r="AY28" s="1" t="s">
+        <v>200</v>
+      </c>
       <c r="AZ28" s="1" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="BA28" s="1" t="s">
-        <v>99</v>
+        <v>201</v>
       </c>
       <c r="BB28" s="1" t="s">
-        <v>101</v>
+        <v>201</v>
       </c>
       <c r="BC28" s="1" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="BD28" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="BE28" s="8"/>
       <c r="BF28" s="8"/>
       <c r="BG28" s="1"/>
       <c r="BH28" s="1"/>
       <c r="BI28" s="1"/>
       <c r="BJ28" s="8"/>
       <c r="BK28" s="1"/>
       <c r="BL28" s="1"/>
       <c r="BM28" s="1"/>
       <c r="BN28" s="1"/>
       <c r="BO28" s="1"/>
       <c r="BP28" s="1"/>
       <c r="BQ28" s="1"/>
       <c r="BR28" s="1"/>
       <c r="BS28" s="1"/>
       <c r="BT28" s="1"/>
       <c r="BU28" s="1"/>
       <c r="BV28" s="1"/>
       <c r="BW28" s="17"/>
       <c r="BX28" s="17"/>
       <c r="BY28" s="1"/>
-      <c r="BZ28" s="45"/>
+      <c r="BZ28" s="44"/>
       <c r="CC28" s="20"/>
       <c r="CD28" s="19"/>
     </row>
     <row r="29" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="45"/>
-      <c r="B29" s="28">
+      <c r="A29" s="44"/>
+      <c r="B29" s="27">
         <v>23</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>26</v>
+        <v>210</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F29" s="6">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G29" s="6"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9"/>
       <c r="M29" s="9"/>
       <c r="N29" s="9"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
-      <c r="V29" s="40"/>
-[...1 lines deleted...]
-      <c r="X29" s="40"/>
+      <c r="V29" s="38"/>
+      <c r="W29" s="38"/>
+      <c r="X29" s="38"/>
       <c r="Y29" s="1"/>
-      <c r="Z29" s="34"/>
-[...1 lines deleted...]
-      <c r="AB29" s="33"/>
+      <c r="Z29" s="32"/>
+      <c r="AA29" s="32"/>
+      <c r="AB29" s="31"/>
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
       <c r="AF29" s="1"/>
       <c r="AG29" s="1"/>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
-      <c r="AJ29" s="43" t="s">
-[...10 lines deleted...]
-      <c r="AO29" s="43"/>
+      <c r="AJ29" s="41"/>
+      <c r="AK29" s="41"/>
+      <c r="AL29" s="41"/>
+      <c r="AM29" s="41"/>
+      <c r="AN29" s="41"/>
+      <c r="AO29" s="41"/>
       <c r="AP29" s="1"/>
       <c r="AQ29" s="1"/>
       <c r="AR29" s="1"/>
       <c r="AS29" s="1"/>
       <c r="AT29" s="1"/>
       <c r="AU29" s="1"/>
       <c r="AV29" s="1"/>
       <c r="AW29" s="1"/>
-      <c r="AX29" s="40" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="AX29" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="AY29" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="AZ29" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="BA29" s="38" t="s">
+        <v>67</v>
+      </c>
+      <c r="BB29" s="38" t="s">
+        <v>67</v>
+      </c>
+      <c r="BC29" s="38" t="s">
+        <v>67</v>
+      </c>
+      <c r="BD29" s="38"/>
       <c r="BE29" s="1"/>
       <c r="BF29" s="1"/>
       <c r="BG29" s="1"/>
       <c r="BH29" s="1"/>
       <c r="BI29" s="1"/>
       <c r="BJ29" s="1"/>
       <c r="BK29" s="1"/>
-      <c r="BL29" s="40"/>
-[...11 lines deleted...]
-      </c>
+      <c r="BL29" s="38"/>
+      <c r="BM29" s="38"/>
+      <c r="BN29" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BO29" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BP29" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="BQ29" s="38"/>
+      <c r="BR29" s="1"/>
       <c r="BS29" s="1"/>
       <c r="BT29" s="1"/>
       <c r="BU29" s="1"/>
       <c r="BV29" s="1"/>
       <c r="BW29" s="1"/>
       <c r="BX29" s="1"/>
       <c r="BY29" s="1"/>
-      <c r="BZ29" s="45"/>
+      <c r="BZ29" s="44"/>
       <c r="CC29" s="20"/>
       <c r="CD29" s="19"/>
     </row>
     <row r="30" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A30" s="45"/>
-      <c r="B30" s="28">
+      <c r="A30" s="44"/>
+      <c r="B30" s="27">
         <v>24</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F30" s="6">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G30" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>90</v>
+      </c>
       <c r="H30" s="8" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="I30" s="8" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="J30" s="8" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="K30" s="8" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="L30" s="8" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="M30" s="8" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="N30" s="8" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-      <c r="S30" s="30"/>
+        <v>65</v>
+      </c>
+      <c r="O30" s="34"/>
+      <c r="P30" s="34"/>
+      <c r="Q30" s="34"/>
+      <c r="R30" s="34"/>
+      <c r="S30" s="29"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="W30" s="1" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="X30" s="1" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="Y30" s="1" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="Z30" s="1" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="AA30" s="1" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="AB30" s="1" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="AC30" s="8"/>
       <c r="AD30" s="8"/>
       <c r="AE30" s="8"/>
       <c r="AF30" s="1"/>
       <c r="AG30" s="1"/>
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="8" t="s">
-        <v>73</v>
-[...18 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="AK30" s="8"/>
+      <c r="AL30" s="8"/>
+      <c r="AM30" s="8"/>
+      <c r="AN30" s="8"/>
+      <c r="AO30" s="8"/>
+      <c r="AP30" s="8"/>
       <c r="AQ30" s="8"/>
       <c r="AR30" s="8"/>
       <c r="AS30" s="8"/>
       <c r="AT30" s="1"/>
       <c r="AU30" s="1"/>
       <c r="AV30" s="1"/>
       <c r="AW30" s="1"/>
-      <c r="AX30" s="1"/>
-[...2 lines deleted...]
-      <c r="BA30" s="1"/>
+      <c r="AX30" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="AY30" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="AZ30" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="BA30" s="1" t="s">
+        <v>65</v>
+      </c>
       <c r="BB30" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="BC30" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="BD30" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="BE30" s="1"/>
       <c r="BF30" s="1"/>
       <c r="BG30" s="1"/>
       <c r="BH30" s="1"/>
       <c r="BI30" s="1"/>
       <c r="BJ30" s="1"/>
       <c r="BK30" s="1"/>
-      <c r="BL30" s="8" t="s">
-[...17 lines deleted...]
-      <c r="BR30" s="42"/>
+      <c r="BL30" s="8"/>
+      <c r="BM30" s="8"/>
+      <c r="BN30" s="8"/>
+      <c r="BO30" s="8"/>
+      <c r="BP30" s="8"/>
+      <c r="BQ30" s="8"/>
+      <c r="BR30" s="40"/>
       <c r="BS30" s="1"/>
       <c r="BT30" s="1"/>
       <c r="BU30" s="1"/>
       <c r="BV30" s="1"/>
       <c r="BW30" s="1"/>
       <c r="BX30" s="1"/>
       <c r="BY30" s="1"/>
-      <c r="BZ30" s="45"/>
+      <c r="BZ30" s="44"/>
       <c r="CC30" s="20"/>
       <c r="CD30" s="19"/>
     </row>
     <row r="31" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A31" s="45"/>
-      <c r="B31" s="28">
+      <c r="A31" s="44"/>
+      <c r="B31" s="27">
         <v>25</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>55</v>
+        <v>212</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F31" s="6">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G31" s="6"/>
-      <c r="H31" s="25"/>
-[...2 lines deleted...]
-      <c r="K31" s="25"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
       <c r="L31" s="1"/>
-      <c r="M31" s="25"/>
+      <c r="M31" s="24"/>
       <c r="N31" s="1"/>
       <c r="O31" s="8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="P31" s="8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="Q31" s="8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="R31" s="8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="S31" s="8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="T31" s="8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="U31" s="8" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
       <c r="Y31" s="1"/>
       <c r="Z31" s="1"/>
       <c r="AA31" s="1"/>
       <c r="AB31" s="1"/>
       <c r="AC31" s="1" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="AD31" s="1" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="AE31" s="1" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="AF31" s="1" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="AG31" s="1" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="AH31" s="1" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="AI31" s="1" t="s">
-        <v>67</v>
-[...41 lines deleted...]
-      <c r="BB31" s="27"/>
+        <v>90</v>
+      </c>
+      <c r="AJ31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="AN31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ31" s="8"/>
+      <c r="AR31" s="8"/>
+      <c r="AS31" s="8"/>
+      <c r="AT31" s="8"/>
+      <c r="AU31" s="8"/>
+      <c r="AV31" s="8"/>
+      <c r="AW31" s="8"/>
+      <c r="AX31" s="1"/>
+      <c r="AY31" s="24"/>
+      <c r="AZ31" s="24"/>
+      <c r="BA31" s="24"/>
+      <c r="BB31" s="1"/>
       <c r="BC31" s="1"/>
-      <c r="BD31" s="27"/>
+      <c r="BD31" s="26"/>
       <c r="BE31" s="1"/>
       <c r="BF31" s="1"/>
       <c r="BG31" s="1"/>
       <c r="BH31" s="1"/>
       <c r="BI31" s="1"/>
       <c r="BJ31" s="1"/>
       <c r="BK31" s="1"/>
-      <c r="BL31" s="1"/>
-[...23 lines deleted...]
-      </c>
+      <c r="BL31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="BN31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ31" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR31" s="26"/>
+      <c r="BS31" s="8"/>
+      <c r="BT31" s="8"/>
+      <c r="BU31" s="8"/>
+      <c r="BV31" s="8"/>
+      <c r="BW31" s="8"/>
+      <c r="BX31" s="8"/>
       <c r="BY31" s="8"/>
-      <c r="BZ31" s="45"/>
+      <c r="BZ31" s="44"/>
       <c r="CC31" s="20"/>
       <c r="CD31" s="19"/>
     </row>
-    <row r="32" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-[...93 lines deleted...]
-      <c r="BZ32" s="45"/>
+    <row r="32" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="44"/>
+      <c r="B32" s="10"/>
+      <c r="C32" s="11"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="11"/>
+      <c r="F32" s="11"/>
+      <c r="G32" s="11"/>
+      <c r="H32" s="56" t="s">
+        <v>44</v>
+      </c>
+      <c r="I32" s="72"/>
+      <c r="J32" s="72"/>
+      <c r="K32" s="72"/>
+      <c r="L32" s="72"/>
+      <c r="M32" s="72"/>
+      <c r="N32" s="72"/>
+      <c r="O32" s="72"/>
+      <c r="P32" s="72"/>
+      <c r="Q32" s="72"/>
+      <c r="R32" s="72"/>
+      <c r="S32" s="72"/>
+      <c r="T32" s="72"/>
+      <c r="U32" s="73"/>
+      <c r="V32" s="56"/>
+      <c r="W32" s="72"/>
+      <c r="X32" s="72"/>
+      <c r="Y32" s="72"/>
+      <c r="Z32" s="72"/>
+      <c r="AA32" s="72"/>
+      <c r="AB32" s="72"/>
+      <c r="AC32" s="72"/>
+      <c r="AD32" s="72"/>
+      <c r="AE32" s="72"/>
+      <c r="AF32" s="72"/>
+      <c r="AG32" s="72"/>
+      <c r="AH32" s="72"/>
+      <c r="AI32" s="73"/>
+      <c r="AJ32" s="56" t="s">
+        <v>32</v>
+      </c>
+      <c r="AK32" s="72"/>
+      <c r="AL32" s="72"/>
+      <c r="AM32" s="72"/>
+      <c r="AN32" s="72"/>
+      <c r="AO32" s="72"/>
+      <c r="AP32" s="72"/>
+      <c r="AQ32" s="72"/>
+      <c r="AR32" s="72"/>
+      <c r="AS32" s="72"/>
+      <c r="AT32" s="72"/>
+      <c r="AU32" s="72"/>
+      <c r="AV32" s="72"/>
+      <c r="AW32" s="73"/>
+      <c r="AX32" s="11"/>
+      <c r="AY32" s="11"/>
+      <c r="AZ32" s="11"/>
+      <c r="BA32" s="11"/>
+      <c r="BB32" s="11"/>
+      <c r="BC32" s="11"/>
+      <c r="BD32" s="11"/>
+      <c r="BE32" s="11"/>
+      <c r="BF32" s="11"/>
+      <c r="BG32" s="11"/>
+      <c r="BH32" s="11"/>
+      <c r="BI32" s="11"/>
+      <c r="BJ32" s="11"/>
+      <c r="BK32" s="11"/>
+      <c r="BL32" s="11"/>
+      <c r="BM32" s="11"/>
+      <c r="BN32" s="11"/>
+      <c r="BO32" s="11"/>
+      <c r="BP32" s="11"/>
+      <c r="BQ32" s="11"/>
+      <c r="BR32" s="11"/>
+      <c r="BS32" s="11"/>
+      <c r="BT32" s="11"/>
+      <c r="BU32" s="11"/>
+      <c r="BV32" s="11"/>
+      <c r="BW32" s="11"/>
+      <c r="BX32" s="11"/>
+      <c r="BY32" s="12"/>
+      <c r="BZ32" s="44"/>
       <c r="CC32" s="20"/>
       <c r="CD32" s="19"/>
     </row>
-    <row r="33" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-[...81 lines deleted...]
-      <c r="BZ33" s="45"/>
+    <row r="33" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A33" s="44"/>
+      <c r="B33" s="2"/>
+      <c r="C33" s="3"/>
+      <c r="D33" s="4"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="6"/>
+      <c r="H33" s="1"/>
+      <c r="I33" s="1"/>
+      <c r="J33" s="1"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="1"/>
+      <c r="M33" s="1"/>
+      <c r="N33" s="1"/>
+      <c r="O33" s="1"/>
+      <c r="P33" s="1"/>
+      <c r="Q33" s="1"/>
+      <c r="R33" s="1"/>
+      <c r="S33" s="1"/>
+      <c r="T33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="1"/>
+      <c r="X33" s="1"/>
+      <c r="Y33" s="1"/>
+      <c r="Z33" s="1"/>
+      <c r="AA33" s="1"/>
+      <c r="AB33" s="1"/>
+      <c r="AC33" s="1"/>
+      <c r="AD33" s="1"/>
+      <c r="AE33" s="1"/>
+      <c r="AF33" s="1"/>
+      <c r="AG33" s="1"/>
+      <c r="AH33" s="1"/>
+      <c r="AI33" s="1"/>
+      <c r="AJ33" s="1"/>
+      <c r="AK33" s="1"/>
+      <c r="AL33" s="1"/>
+      <c r="AM33" s="1"/>
+      <c r="AN33" s="1"/>
+      <c r="AO33" s="1"/>
+      <c r="AP33" s="1"/>
+      <c r="AQ33" s="1"/>
+      <c r="AR33" s="1"/>
+      <c r="AS33" s="1"/>
+      <c r="AT33" s="1"/>
+      <c r="AU33" s="1"/>
+      <c r="AV33" s="1"/>
+      <c r="AW33" s="1"/>
+      <c r="AX33" s="1"/>
+      <c r="AY33" s="1"/>
+      <c r="AZ33" s="1"/>
+      <c r="BA33" s="1"/>
+      <c r="BB33" s="1"/>
+      <c r="BC33" s="1"/>
+      <c r="BD33" s="1"/>
+      <c r="BE33" s="1"/>
+      <c r="BF33" s="1"/>
+      <c r="BG33" s="1"/>
+      <c r="BH33" s="1"/>
+      <c r="BI33" s="1"/>
+      <c r="BJ33" s="1"/>
+      <c r="BK33" s="1"/>
+      <c r="BL33" s="1"/>
+      <c r="BM33" s="1"/>
+      <c r="BN33" s="1"/>
+      <c r="BO33" s="1"/>
+      <c r="BP33" s="1"/>
+      <c r="BQ33" s="1"/>
+      <c r="BR33" s="1"/>
+      <c r="BS33" s="1"/>
+      <c r="BT33" s="1"/>
+      <c r="BU33" s="1"/>
+      <c r="BV33" s="1"/>
+      <c r="BW33" s="1"/>
+      <c r="BX33" s="1"/>
+      <c r="BY33" s="1"/>
+      <c r="BZ33" s="44"/>
       <c r="CC33" s="20"/>
       <c r="CD33" s="19"/>
     </row>
     <row r="34" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A34" s="45"/>
+      <c r="A34" s="44"/>
       <c r="B34" s="2"/>
       <c r="C34" s="3"/>
       <c r="D34" s="4"/>
       <c r="E34" s="5"/>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
       <c r="X34" s="1"/>
       <c r="Y34" s="1"/>
       <c r="Z34" s="1"/>
@@ -8631,634 +8683,568 @@
       <c r="BA34" s="1"/>
       <c r="BB34" s="1"/>
       <c r="BC34" s="1"/>
       <c r="BD34" s="1"/>
       <c r="BE34" s="1"/>
       <c r="BF34" s="1"/>
       <c r="BG34" s="1"/>
       <c r="BH34" s="1"/>
       <c r="BI34" s="1"/>
       <c r="BJ34" s="1"/>
       <c r="BK34" s="1"/>
       <c r="BL34" s="1"/>
       <c r="BM34" s="1"/>
       <c r="BN34" s="1"/>
       <c r="BO34" s="1"/>
       <c r="BP34" s="1"/>
       <c r="BQ34" s="1"/>
       <c r="BR34" s="1"/>
       <c r="BS34" s="1"/>
       <c r="BT34" s="1"/>
       <c r="BU34" s="1"/>
       <c r="BV34" s="1"/>
       <c r="BW34" s="1"/>
       <c r="BX34" s="1"/>
       <c r="BY34" s="1"/>
-      <c r="BZ34" s="45"/>
+      <c r="BZ34" s="44"/>
       <c r="CC34" s="20"/>
       <c r="CD34" s="19"/>
     </row>
-    <row r="35" spans="1:82" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
-[...79 lines deleted...]
-      <c r="CD35" s="19"/>
+    <row r="35" spans="1:82" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="44"/>
+      <c r="B35" s="74" t="s">
+        <v>46</v>
+      </c>
+      <c r="C35" s="75"/>
+      <c r="D35" s="75"/>
+      <c r="E35" s="75"/>
+      <c r="F35" s="75"/>
+      <c r="G35" s="75"/>
+      <c r="H35" s="75"/>
+      <c r="I35" s="75"/>
+      <c r="J35" s="75"/>
+      <c r="K35" s="75"/>
+      <c r="L35" s="75"/>
+      <c r="M35" s="75"/>
+      <c r="N35" s="75"/>
+      <c r="O35" s="75"/>
+      <c r="P35" s="75"/>
+      <c r="Q35" s="75"/>
+      <c r="R35" s="75"/>
+      <c r="S35" s="75"/>
+      <c r="T35" s="75"/>
+      <c r="U35" s="75"/>
+      <c r="V35" s="75"/>
+      <c r="W35" s="75"/>
+      <c r="X35" s="75"/>
+      <c r="Y35" s="75"/>
+      <c r="Z35" s="75"/>
+      <c r="AA35" s="75"/>
+      <c r="AB35" s="75"/>
+      <c r="AC35" s="75"/>
+      <c r="AD35" s="75"/>
+      <c r="AE35" s="75"/>
+      <c r="AF35" s="75"/>
+      <c r="AG35" s="75"/>
+      <c r="AH35" s="75"/>
+      <c r="AI35" s="75"/>
+      <c r="AJ35" s="75"/>
+      <c r="AK35" s="75"/>
+      <c r="AL35" s="75"/>
+      <c r="AM35" s="75"/>
+      <c r="AN35" s="75"/>
+      <c r="AO35" s="75"/>
+      <c r="AP35" s="75"/>
+      <c r="AQ35" s="75"/>
+      <c r="AR35" s="75"/>
+      <c r="AS35" s="75"/>
+      <c r="AT35" s="75"/>
+      <c r="AU35" s="75"/>
+      <c r="AV35" s="75"/>
+      <c r="AW35" s="75"/>
+      <c r="AX35" s="75"/>
+      <c r="AY35" s="75"/>
+      <c r="AZ35" s="75"/>
+      <c r="BA35" s="75"/>
+      <c r="BB35" s="75"/>
+      <c r="BC35" s="75"/>
+      <c r="BD35" s="75"/>
+      <c r="BE35" s="75"/>
+      <c r="BF35" s="75"/>
+      <c r="BG35" s="75"/>
+      <c r="BH35" s="75"/>
+      <c r="BI35" s="75"/>
+      <c r="BJ35" s="75"/>
+      <c r="BK35" s="75"/>
+      <c r="BL35" s="75"/>
+      <c r="BM35" s="75"/>
+      <c r="BN35" s="75"/>
+      <c r="BO35" s="75"/>
+      <c r="BP35" s="75"/>
+      <c r="BQ35" s="75"/>
+      <c r="BR35" s="75"/>
+      <c r="BS35" s="75"/>
+      <c r="BT35" s="75"/>
+      <c r="BU35" s="75"/>
+      <c r="BV35" s="75"/>
+      <c r="BW35" s="75"/>
+      <c r="BX35" s="75"/>
+      <c r="BY35" s="76"/>
+      <c r="BZ35" s="44"/>
     </row>
-    <row r="36" spans="1:82" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...79 lines deleted...]
-      <c r="BZ36" s="45"/>
+    <row r="36" spans="1:82" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="44"/>
+      <c r="B36" s="82" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" s="83"/>
+      <c r="D36" s="83"/>
+      <c r="E36" s="83"/>
+      <c r="F36" s="83"/>
+      <c r="G36" s="84"/>
+      <c r="H36" s="60" t="s">
+        <v>229</v>
+      </c>
+      <c r="I36" s="61"/>
+      <c r="J36" s="61"/>
+      <c r="K36" s="61"/>
+      <c r="L36" s="61"/>
+      <c r="M36" s="61"/>
+      <c r="N36" s="61"/>
+      <c r="O36" s="62"/>
+      <c r="P36" s="62"/>
+      <c r="Q36" s="62"/>
+      <c r="R36" s="62"/>
+      <c r="S36" s="62"/>
+      <c r="T36" s="62"/>
+      <c r="U36" s="63"/>
+      <c r="V36" s="60" t="s">
+        <v>225</v>
+      </c>
+      <c r="W36" s="61"/>
+      <c r="X36" s="61"/>
+      <c r="Y36" s="61"/>
+      <c r="Z36" s="61"/>
+      <c r="AA36" s="61"/>
+      <c r="AB36" s="61"/>
+      <c r="AC36" s="62"/>
+      <c r="AD36" s="62"/>
+      <c r="AE36" s="62"/>
+      <c r="AF36" s="62"/>
+      <c r="AG36" s="62"/>
+      <c r="AH36" s="62"/>
+      <c r="AI36" s="63"/>
+      <c r="AJ36" s="60" t="s">
+        <v>226</v>
+      </c>
+      <c r="AK36" s="61"/>
+      <c r="AL36" s="61"/>
+      <c r="AM36" s="61"/>
+      <c r="AN36" s="61"/>
+      <c r="AO36" s="61"/>
+      <c r="AP36" s="61"/>
+      <c r="AQ36" s="62"/>
+      <c r="AR36" s="62"/>
+      <c r="AS36" s="62"/>
+      <c r="AT36" s="62"/>
+      <c r="AU36" s="62"/>
+      <c r="AV36" s="62"/>
+      <c r="AW36" s="63"/>
+      <c r="AX36" s="60" t="s">
+        <v>227</v>
+      </c>
+      <c r="AY36" s="61"/>
+      <c r="AZ36" s="61"/>
+      <c r="BA36" s="61"/>
+      <c r="BB36" s="61"/>
+      <c r="BC36" s="61"/>
+      <c r="BD36" s="61"/>
+      <c r="BE36" s="62"/>
+      <c r="BF36" s="62"/>
+      <c r="BG36" s="62"/>
+      <c r="BH36" s="62"/>
+      <c r="BI36" s="62"/>
+      <c r="BJ36" s="62"/>
+      <c r="BK36" s="63"/>
+      <c r="BL36" s="60" t="s">
+        <v>228</v>
+      </c>
+      <c r="BM36" s="61"/>
+      <c r="BN36" s="61"/>
+      <c r="BO36" s="61"/>
+      <c r="BP36" s="61"/>
+      <c r="BQ36" s="61"/>
+      <c r="BR36" s="61"/>
+      <c r="BS36" s="62"/>
+      <c r="BT36" s="62"/>
+      <c r="BU36" s="62"/>
+      <c r="BV36" s="62"/>
+      <c r="BW36" s="62"/>
+      <c r="BX36" s="62"/>
+      <c r="BY36" s="63"/>
+      <c r="BZ36" s="44"/>
     </row>
     <row r="37" spans="1:82" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="45"/>
-[...88 lines deleted...]
-      <c r="BZ37" s="45"/>
+      <c r="A37" s="44"/>
+      <c r="B37" s="85"/>
+      <c r="C37" s="86"/>
+      <c r="D37" s="86"/>
+      <c r="E37" s="86"/>
+      <c r="F37" s="86"/>
+      <c r="G37" s="87"/>
+      <c r="H37" s="64"/>
+      <c r="I37" s="65"/>
+      <c r="J37" s="65"/>
+      <c r="K37" s="65"/>
+      <c r="L37" s="65"/>
+      <c r="M37" s="65"/>
+      <c r="N37" s="65"/>
+      <c r="O37" s="65"/>
+      <c r="P37" s="65"/>
+      <c r="Q37" s="65"/>
+      <c r="R37" s="65"/>
+      <c r="S37" s="65"/>
+      <c r="T37" s="65"/>
+      <c r="U37" s="66"/>
+      <c r="V37" s="64"/>
+      <c r="W37" s="65"/>
+      <c r="X37" s="65"/>
+      <c r="Y37" s="65"/>
+      <c r="Z37" s="65"/>
+      <c r="AA37" s="65"/>
+      <c r="AB37" s="65"/>
+      <c r="AC37" s="65"/>
+      <c r="AD37" s="65"/>
+      <c r="AE37" s="65"/>
+      <c r="AF37" s="65"/>
+      <c r="AG37" s="65"/>
+      <c r="AH37" s="65"/>
+      <c r="AI37" s="66"/>
+      <c r="AJ37" s="64"/>
+      <c r="AK37" s="65"/>
+      <c r="AL37" s="65"/>
+      <c r="AM37" s="65"/>
+      <c r="AN37" s="65"/>
+      <c r="AO37" s="65"/>
+      <c r="AP37" s="65"/>
+      <c r="AQ37" s="65"/>
+      <c r="AR37" s="65"/>
+      <c r="AS37" s="65"/>
+      <c r="AT37" s="65"/>
+      <c r="AU37" s="65"/>
+      <c r="AV37" s="65"/>
+      <c r="AW37" s="66"/>
+      <c r="AX37" s="64"/>
+      <c r="AY37" s="65"/>
+      <c r="AZ37" s="65"/>
+      <c r="BA37" s="65"/>
+      <c r="BB37" s="65"/>
+      <c r="BC37" s="65"/>
+      <c r="BD37" s="65"/>
+      <c r="BE37" s="65"/>
+      <c r="BF37" s="65"/>
+      <c r="BG37" s="65"/>
+      <c r="BH37" s="65"/>
+      <c r="BI37" s="65"/>
+      <c r="BJ37" s="65"/>
+      <c r="BK37" s="66"/>
+      <c r="BL37" s="64"/>
+      <c r="BM37" s="65"/>
+      <c r="BN37" s="65"/>
+      <c r="BO37" s="65"/>
+      <c r="BP37" s="65"/>
+      <c r="BQ37" s="65"/>
+      <c r="BR37" s="65"/>
+      <c r="BS37" s="65"/>
+      <c r="BT37" s="65"/>
+      <c r="BU37" s="65"/>
+      <c r="BV37" s="65"/>
+      <c r="BW37" s="65"/>
+      <c r="BX37" s="65"/>
+      <c r="BY37" s="66"/>
+      <c r="BZ37" s="44"/>
     </row>
     <row r="38" spans="1:82" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="45"/>
-[...76 lines deleted...]
-      <c r="BZ38" s="45"/>
+      <c r="A38" s="44"/>
+      <c r="B38" s="88"/>
+      <c r="C38" s="89"/>
+      <c r="D38" s="89"/>
+      <c r="E38" s="89"/>
+      <c r="F38" s="89"/>
+      <c r="G38" s="90"/>
+      <c r="H38" s="67"/>
+      <c r="I38" s="68"/>
+      <c r="J38" s="68"/>
+      <c r="K38" s="68"/>
+      <c r="L38" s="68"/>
+      <c r="M38" s="68"/>
+      <c r="N38" s="68"/>
+      <c r="O38" s="68"/>
+      <c r="P38" s="68"/>
+      <c r="Q38" s="68"/>
+      <c r="R38" s="68"/>
+      <c r="S38" s="68"/>
+      <c r="T38" s="68"/>
+      <c r="U38" s="69"/>
+      <c r="V38" s="67"/>
+      <c r="W38" s="68"/>
+      <c r="X38" s="68"/>
+      <c r="Y38" s="68"/>
+      <c r="Z38" s="68"/>
+      <c r="AA38" s="68"/>
+      <c r="AB38" s="68"/>
+      <c r="AC38" s="68"/>
+      <c r="AD38" s="68"/>
+      <c r="AE38" s="68"/>
+      <c r="AF38" s="68"/>
+      <c r="AG38" s="68"/>
+      <c r="AH38" s="68"/>
+      <c r="AI38" s="69"/>
+      <c r="AJ38" s="67"/>
+      <c r="AK38" s="68"/>
+      <c r="AL38" s="68"/>
+      <c r="AM38" s="68"/>
+      <c r="AN38" s="68"/>
+      <c r="AO38" s="68"/>
+      <c r="AP38" s="68"/>
+      <c r="AQ38" s="68"/>
+      <c r="AR38" s="68"/>
+      <c r="AS38" s="68"/>
+      <c r="AT38" s="68"/>
+      <c r="AU38" s="68"/>
+      <c r="AV38" s="68"/>
+      <c r="AW38" s="69"/>
+      <c r="AX38" s="67"/>
+      <c r="AY38" s="68"/>
+      <c r="AZ38" s="68"/>
+      <c r="BA38" s="68"/>
+      <c r="BB38" s="68"/>
+      <c r="BC38" s="68"/>
+      <c r="BD38" s="68"/>
+      <c r="BE38" s="68"/>
+      <c r="BF38" s="68"/>
+      <c r="BG38" s="68"/>
+      <c r="BH38" s="68"/>
+      <c r="BI38" s="68"/>
+      <c r="BJ38" s="68"/>
+      <c r="BK38" s="69"/>
+      <c r="BL38" s="67"/>
+      <c r="BM38" s="68"/>
+      <c r="BN38" s="68"/>
+      <c r="BO38" s="68"/>
+      <c r="BP38" s="68"/>
+      <c r="BQ38" s="68"/>
+      <c r="BR38" s="68"/>
+      <c r="BS38" s="68"/>
+      <c r="BT38" s="68"/>
+      <c r="BU38" s="68"/>
+      <c r="BV38" s="68"/>
+      <c r="BW38" s="68"/>
+      <c r="BX38" s="68"/>
+      <c r="BY38" s="69"/>
+      <c r="BZ38" s="44"/>
     </row>
-    <row r="39" spans="1:82" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...77 lines deleted...]
-      <c r="BZ39" s="45"/>
+    <row r="39" spans="1:82" ht="201.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="44"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="47"/>
+      <c r="D39" s="47"/>
+      <c r="E39" s="47"/>
+      <c r="F39" s="47"/>
+      <c r="G39" s="48"/>
+      <c r="H39" s="49"/>
+      <c r="I39" s="50"/>
+      <c r="J39" s="50"/>
+      <c r="K39" s="50"/>
+      <c r="L39" s="50"/>
+      <c r="M39" s="50"/>
+      <c r="N39" s="50"/>
+      <c r="O39" s="50"/>
+      <c r="P39" s="50"/>
+      <c r="Q39" s="50"/>
+      <c r="R39" s="50"/>
+      <c r="S39" s="50"/>
+      <c r="T39" s="50"/>
+      <c r="U39" s="50"/>
+      <c r="V39" s="50"/>
+      <c r="W39" s="50"/>
+      <c r="X39" s="50"/>
+      <c r="Y39" s="50"/>
+      <c r="Z39" s="50"/>
+      <c r="AA39" s="50"/>
+      <c r="AB39" s="50"/>
+      <c r="AC39" s="50"/>
+      <c r="AD39" s="50"/>
+      <c r="AE39" s="50"/>
+      <c r="AF39" s="50"/>
+      <c r="AG39" s="50"/>
+      <c r="AH39" s="50"/>
+      <c r="AI39" s="50"/>
+      <c r="AJ39" s="50"/>
+      <c r="AK39" s="50"/>
+      <c r="AL39" s="50"/>
+      <c r="AM39" s="50"/>
+      <c r="AN39" s="50"/>
+      <c r="AO39" s="50"/>
+      <c r="AP39" s="50"/>
+      <c r="AQ39" s="50"/>
+      <c r="AR39" s="50"/>
+      <c r="AS39" s="50"/>
+      <c r="AT39" s="50"/>
+      <c r="AU39" s="50"/>
+      <c r="AV39" s="50"/>
+      <c r="AW39" s="50"/>
+      <c r="AX39" s="50"/>
+      <c r="AY39" s="50"/>
+      <c r="AZ39" s="50"/>
+      <c r="BA39" s="50"/>
+      <c r="BB39" s="50"/>
+      <c r="BC39" s="50"/>
+      <c r="BD39" s="50"/>
+      <c r="BE39" s="50"/>
+      <c r="BF39" s="50"/>
+      <c r="BG39" s="50"/>
+      <c r="BH39" s="50"/>
+      <c r="BI39" s="50"/>
+      <c r="BJ39" s="50"/>
+      <c r="BK39" s="50"/>
+      <c r="BL39" s="50"/>
+      <c r="BM39" s="50"/>
+      <c r="BN39" s="50"/>
+      <c r="BO39" s="50"/>
+      <c r="BP39" s="50"/>
+      <c r="BQ39" s="50"/>
+      <c r="BR39" s="50"/>
+      <c r="BS39" s="50"/>
+      <c r="BT39" s="50"/>
+      <c r="BU39" s="50"/>
+      <c r="BV39" s="50"/>
+      <c r="BW39" s="50"/>
+      <c r="BX39" s="50"/>
+      <c r="BY39" s="51"/>
+      <c r="BZ39" s="44"/>
     </row>
-    <row r="40" spans="1:82" ht="201.75" customHeight="1" x14ac:dyDescent="0.2">
-[...77 lines deleted...]
-      <c r="BZ40" s="45"/>
+    <row r="40" spans="1:82" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="44"/>
+      <c r="B40" s="44"/>
+      <c r="C40" s="44"/>
+      <c r="D40" s="44"/>
+      <c r="E40" s="44"/>
+      <c r="F40" s="44"/>
+      <c r="G40" s="44"/>
+      <c r="H40" s="44"/>
+      <c r="I40" s="44"/>
+      <c r="J40" s="44"/>
+      <c r="K40" s="44"/>
+      <c r="L40" s="44"/>
+      <c r="M40" s="44"/>
+      <c r="N40" s="44"/>
+      <c r="O40" s="44"/>
+      <c r="P40" s="44"/>
+      <c r="Q40" s="44"/>
+      <c r="R40" s="44"/>
+      <c r="S40" s="44"/>
+      <c r="T40" s="44"/>
+      <c r="U40" s="44"/>
+      <c r="V40" s="44"/>
+      <c r="W40" s="44"/>
+      <c r="X40" s="44"/>
+      <c r="Y40" s="44"/>
+      <c r="Z40" s="44"/>
+      <c r="AA40" s="44"/>
+      <c r="AB40" s="44"/>
+      <c r="AC40" s="44"/>
+      <c r="AD40" s="44"/>
+      <c r="AE40" s="44"/>
+      <c r="AF40" s="44"/>
+      <c r="AG40" s="44"/>
+      <c r="AH40" s="44"/>
+      <c r="AI40" s="44"/>
+      <c r="AJ40" s="44"/>
+      <c r="AK40" s="44"/>
+      <c r="AL40" s="44"/>
+      <c r="AM40" s="44"/>
+      <c r="AN40" s="44"/>
+      <c r="AO40" s="44"/>
+      <c r="AP40" s="44"/>
+      <c r="AQ40" s="44"/>
+      <c r="AR40" s="44"/>
+      <c r="AS40" s="44"/>
+      <c r="AT40" s="44"/>
+      <c r="AU40" s="44"/>
+      <c r="AV40" s="44"/>
+      <c r="AW40" s="44"/>
+      <c r="AX40" s="44"/>
+      <c r="AY40" s="44"/>
+      <c r="AZ40" s="44"/>
+      <c r="BA40" s="44"/>
+      <c r="BB40" s="44"/>
+      <c r="BC40" s="44"/>
+      <c r="BD40" s="44"/>
+      <c r="BE40" s="44"/>
+      <c r="BF40" s="44"/>
+      <c r="BG40" s="44"/>
+      <c r="BH40" s="44"/>
+      <c r="BI40" s="44"/>
+      <c r="BJ40" s="44"/>
+      <c r="BK40" s="44"/>
+      <c r="BL40" s="44"/>
+      <c r="BM40" s="44"/>
+      <c r="BN40" s="44"/>
+      <c r="BO40" s="44"/>
+      <c r="BP40" s="44"/>
+      <c r="BQ40" s="44"/>
+      <c r="BR40" s="44"/>
+      <c r="BS40" s="44"/>
+      <c r="BT40" s="44"/>
+      <c r="BU40" s="44"/>
+      <c r="BV40" s="44"/>
+      <c r="BW40" s="44"/>
+      <c r="BX40" s="44"/>
+      <c r="BY40" s="44"/>
+      <c r="BZ40" s="44"/>
     </row>
-    <row r="41" spans="1:82" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-[...77 lines deleted...]
-      <c r="BZ41" s="45"/>
+    <row r="42" spans="1:82" x14ac:dyDescent="0.2">
+      <c r="E42" s="7" t="s">
+        <v>25</v>
+      </c>
     </row>
-    <row r="43" spans="1:82" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="47" spans="1:82" x14ac:dyDescent="0.2">
+      <c r="O47" s="13"/>
+      <c r="P47" s="13"/>
+      <c r="Q47" s="13"/>
+      <c r="R47" s="13"/>
+      <c r="S47" s="13"/>
+      <c r="T47" s="13"/>
+      <c r="U47" s="13"/>
+      <c r="V47" s="13"/>
+      <c r="W47" s="13"/>
+      <c r="X47" s="13"/>
+      <c r="Y47" s="13"/>
+      <c r="Z47" s="13"/>
+      <c r="AA47" s="13"/>
+      <c r="AB47" s="13"/>
     </row>
     <row r="48" spans="1:82" x14ac:dyDescent="0.2">
       <c r="O48" s="13"/>
       <c r="P48" s="13"/>
       <c r="Q48" s="13"/>
       <c r="R48" s="13"/>
       <c r="S48" s="13"/>
       <c r="T48" s="13"/>
       <c r="U48" s="13"/>
       <c r="V48" s="13"/>
       <c r="W48" s="13"/>
       <c r="X48" s="13"/>
       <c r="Y48" s="13"/>
       <c r="Z48" s="13"/>
       <c r="AA48" s="13"/>
       <c r="AB48" s="13"/>
     </row>
     <row r="49" spans="15:79" x14ac:dyDescent="0.2">
       <c r="O49" s="13"/>
       <c r="P49" s="13"/>
       <c r="Q49" s="13"/>
       <c r="R49" s="13"/>
       <c r="S49" s="13"/>
       <c r="T49" s="13"/>
       <c r="U49" s="13"/>
@@ -9279,50 +9265,64 @@
       <c r="T50" s="13"/>
       <c r="U50" s="13"/>
       <c r="V50" s="13"/>
       <c r="W50" s="13"/>
       <c r="X50" s="13"/>
       <c r="Y50" s="13"/>
       <c r="Z50" s="13"/>
       <c r="AA50" s="13"/>
       <c r="AB50" s="13"/>
     </row>
     <row r="51" spans="15:79" x14ac:dyDescent="0.2">
       <c r="O51" s="13"/>
       <c r="P51" s="13"/>
       <c r="Q51" s="13"/>
       <c r="R51" s="13"/>
       <c r="S51" s="13"/>
       <c r="T51" s="13"/>
       <c r="U51" s="13"/>
       <c r="V51" s="13"/>
       <c r="W51" s="13"/>
       <c r="X51" s="13"/>
       <c r="Y51" s="13"/>
       <c r="Z51" s="13"/>
       <c r="AA51" s="13"/>
       <c r="AB51" s="13"/>
+      <c r="BN51" s="13"/>
+      <c r="BO51" s="13"/>
+      <c r="BP51" s="13"/>
+      <c r="BQ51" s="13"/>
+      <c r="BR51" s="13"/>
+      <c r="BS51" s="13"/>
+      <c r="BT51" s="13"/>
+      <c r="BU51" s="13"/>
+      <c r="BV51" s="13"/>
+      <c r="BW51" s="13"/>
+      <c r="BX51" s="13"/>
+      <c r="BY51" s="13"/>
+      <c r="BZ51" s="13"/>
+      <c r="CA51" s="13"/>
     </row>
     <row r="52" spans="15:79" x14ac:dyDescent="0.2">
       <c r="O52" s="13"/>
       <c r="P52" s="13"/>
       <c r="Q52" s="13"/>
       <c r="R52" s="13"/>
       <c r="S52" s="13"/>
       <c r="T52" s="13"/>
       <c r="U52" s="13"/>
       <c r="V52" s="13"/>
       <c r="W52" s="13"/>
       <c r="X52" s="13"/>
       <c r="Y52" s="13"/>
       <c r="Z52" s="13"/>
       <c r="AA52" s="13"/>
       <c r="AB52" s="13"/>
       <c r="BN52" s="13"/>
       <c r="BO52" s="13"/>
       <c r="BP52" s="13"/>
       <c r="BQ52" s="13"/>
       <c r="BR52" s="13"/>
       <c r="BS52" s="13"/>
       <c r="BT52" s="13"/>
       <c r="BU52" s="13"/>
       <c r="BV52" s="13"/>
@@ -9455,81 +9455,81 @@
     <row r="57" spans="15:79" x14ac:dyDescent="0.2">
       <c r="O57" s="13"/>
       <c r="P57" s="13"/>
       <c r="Q57" s="13"/>
       <c r="R57" s="13"/>
       <c r="S57" s="13"/>
       <c r="T57" s="13"/>
       <c r="U57" s="13"/>
       <c r="V57" s="13"/>
       <c r="W57" s="13"/>
       <c r="X57" s="13"/>
       <c r="Y57" s="13"/>
       <c r="Z57" s="13"/>
       <c r="AA57" s="13"/>
       <c r="AB57" s="13"/>
       <c r="BN57" s="13"/>
       <c r="BO57" s="13"/>
       <c r="BP57" s="13"/>
       <c r="BQ57" s="13"/>
       <c r="BR57" s="13"/>
       <c r="BS57" s="13"/>
       <c r="BT57" s="13"/>
       <c r="BU57" s="13"/>
       <c r="BV57" s="13"/>
       <c r="BW57" s="13"/>
-      <c r="BX57" s="13"/>
+      <c r="BX57" s="14"/>
       <c r="BY57" s="13"/>
       <c r="BZ57" s="13"/>
       <c r="CA57" s="13"/>
     </row>
     <row r="58" spans="15:79" x14ac:dyDescent="0.2">
       <c r="O58" s="13"/>
       <c r="P58" s="13"/>
       <c r="Q58" s="13"/>
       <c r="R58" s="13"/>
       <c r="S58" s="13"/>
       <c r="T58" s="13"/>
       <c r="U58" s="13"/>
       <c r="V58" s="13"/>
       <c r="W58" s="13"/>
       <c r="X58" s="13"/>
       <c r="Y58" s="13"/>
       <c r="Z58" s="13"/>
       <c r="AA58" s="13"/>
       <c r="AB58" s="13"/>
       <c r="BN58" s="13"/>
       <c r="BO58" s="13"/>
       <c r="BP58" s="13"/>
       <c r="BQ58" s="13"/>
       <c r="BR58" s="13"/>
       <c r="BS58" s="13"/>
       <c r="BT58" s="13"/>
       <c r="BU58" s="13"/>
       <c r="BV58" s="13"/>
       <c r="BW58" s="13"/>
-      <c r="BX58" s="14"/>
+      <c r="BX58" s="13"/>
       <c r="BY58" s="13"/>
       <c r="BZ58" s="13"/>
       <c r="CA58" s="13"/>
     </row>
     <row r="59" spans="15:79" x14ac:dyDescent="0.2">
       <c r="O59" s="13"/>
       <c r="P59" s="13"/>
       <c r="Q59" s="13"/>
       <c r="R59" s="13"/>
       <c r="S59" s="13"/>
       <c r="T59" s="13"/>
       <c r="U59" s="13"/>
       <c r="V59" s="13"/>
       <c r="W59" s="13"/>
       <c r="X59" s="13"/>
       <c r="Y59" s="13"/>
       <c r="Z59" s="13"/>
       <c r="AA59" s="13"/>
       <c r="AB59" s="13"/>
       <c r="BN59" s="13"/>
       <c r="BO59" s="13"/>
       <c r="BP59" s="13"/>
       <c r="BQ59" s="13"/>
       <c r="BR59" s="13"/>
       <c r="BS59" s="13"/>
@@ -9911,64 +9911,50 @@
       <c r="T72" s="13"/>
       <c r="U72" s="13"/>
       <c r="V72" s="13"/>
       <c r="W72" s="13"/>
       <c r="X72" s="13"/>
       <c r="Y72" s="13"/>
       <c r="Z72" s="13"/>
       <c r="AA72" s="13"/>
       <c r="AB72" s="13"/>
       <c r="BN72" s="13"/>
       <c r="BO72" s="13"/>
       <c r="BP72" s="13"/>
       <c r="BQ72" s="13"/>
       <c r="BR72" s="13"/>
       <c r="BS72" s="13"/>
       <c r="BT72" s="13"/>
       <c r="BU72" s="13"/>
       <c r="BV72" s="13"/>
       <c r="BW72" s="13"/>
       <c r="BX72" s="13"/>
       <c r="BY72" s="13"/>
       <c r="BZ72" s="13"/>
       <c r="CA72" s="13"/>
     </row>
     <row r="73" spans="15:79" x14ac:dyDescent="0.2">
-      <c r="O73" s="13"/>
-[...12 lines deleted...]
-      <c r="AB73" s="13"/>
       <c r="BN73" s="13"/>
       <c r="BO73" s="13"/>
       <c r="BP73" s="13"/>
       <c r="BQ73" s="13"/>
       <c r="BR73" s="13"/>
       <c r="BS73" s="13"/>
       <c r="BT73" s="13"/>
       <c r="BU73" s="13"/>
       <c r="BV73" s="13"/>
       <c r="BW73" s="13"/>
       <c r="BX73" s="13"/>
       <c r="BY73" s="13"/>
       <c r="BZ73" s="13"/>
       <c r="CA73" s="13"/>
     </row>
     <row r="74" spans="15:79" x14ac:dyDescent="0.2">
       <c r="BN74" s="13"/>
       <c r="BO74" s="13"/>
       <c r="BP74" s="13"/>
       <c r="BQ74" s="13"/>
       <c r="BR74" s="13"/>
       <c r="BS74" s="13"/>
       <c r="BT74" s="13"/>
       <c r="BU74" s="13"/>
       <c r="BV74" s="13"/>
@@ -9988,101 +9974,85 @@
       <c r="BT75" s="13"/>
       <c r="BU75" s="13"/>
       <c r="BV75" s="13"/>
       <c r="BW75" s="13"/>
       <c r="BX75" s="13"/>
       <c r="BY75" s="13"/>
       <c r="BZ75" s="13"/>
       <c r="CA75" s="13"/>
     </row>
     <row r="76" spans="15:79" x14ac:dyDescent="0.2">
       <c r="BN76" s="13"/>
       <c r="BO76" s="13"/>
       <c r="BP76" s="13"/>
       <c r="BQ76" s="13"/>
       <c r="BR76" s="13"/>
       <c r="BS76" s="13"/>
       <c r="BT76" s="13"/>
       <c r="BU76" s="13"/>
       <c r="BV76" s="13"/>
       <c r="BW76" s="13"/>
       <c r="BX76" s="13"/>
       <c r="BY76" s="13"/>
       <c r="BZ76" s="13"/>
       <c r="CA76" s="13"/>
     </row>
-    <row r="77" spans="15:79" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0" selectLockedCells="1"/>
   <mergeCells count="34">
-    <mergeCell ref="AX37:BK39"/>
-[...4 lines deleted...]
-    <mergeCell ref="B36:BY36"/>
+    <mergeCell ref="AX36:BK38"/>
+    <mergeCell ref="AJ36:AW38"/>
+    <mergeCell ref="V36:AI38"/>
+    <mergeCell ref="B36:G38"/>
+    <mergeCell ref="H36:U38"/>
+    <mergeCell ref="B35:BY35"/>
     <mergeCell ref="AJ5:AW5"/>
     <mergeCell ref="V5:AI5"/>
     <mergeCell ref="D2:BY2"/>
     <mergeCell ref="B3:C4"/>
     <mergeCell ref="BL5:BY5"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
-    <mergeCell ref="H33:U33"/>
-[...3 lines deleted...]
-    <mergeCell ref="BZ1:BZ40"/>
+    <mergeCell ref="H32:U32"/>
+    <mergeCell ref="V32:AI32"/>
+    <mergeCell ref="AJ32:AW32"/>
+    <mergeCell ref="A40:BZ40"/>
+    <mergeCell ref="BZ1:BZ39"/>
     <mergeCell ref="BQ3:BY3"/>
     <mergeCell ref="D4:BI4"/>
     <mergeCell ref="B1:BY1"/>
-    <mergeCell ref="B40:G40"/>
-    <mergeCell ref="H40:BY40"/>
+    <mergeCell ref="B39:G39"/>
+    <mergeCell ref="H39:BY39"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D3:BP3"/>
     <mergeCell ref="AX5:BK5"/>
     <mergeCell ref="BJ4:BY4"/>
-    <mergeCell ref="BL37:BY39"/>
-    <mergeCell ref="A1:A40"/>
+    <mergeCell ref="BL36:BY38"/>
+    <mergeCell ref="A1:A39"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="H5:U5"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="79" orientation="landscape" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="27" min="1" max="41" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>